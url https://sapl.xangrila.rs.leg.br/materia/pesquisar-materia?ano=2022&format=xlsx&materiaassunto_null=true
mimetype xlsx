--- v0 (2025-12-04)
+++ v1 (2026-03-28)
@@ -54,5059 +54,5059 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3348</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Geovanão</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3348/pedido_de_indicacao_padaria_comunitaria.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3348/pedido_de_indicacao_padaria_comunitaria.pdf</t>
   </si>
   <si>
     <t>pedido de indicacao padaria comunitaria</t>
   </si>
   <si>
     <t>3592</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Vivia Quadros</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3592/sugere_ao_executivo_a_possibilidade_de_implantacao_de_uma_unidade_da_casa_da_mulher_xangrilense_no_municipio..pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3592/sugere_ao_executivo_a_possibilidade_de_implantacao_de_uma_unidade_da_casa_da_mulher_xangrilense_no_municipio..pdf</t>
   </si>
   <si>
     <t>SUGERE AO EXECUTIVO A POSSIBILIDADE DE IMPLANTAÇÃO DE UMA UNIDADE DA CASA DA MULHER XANGRILENSE NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3803</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Jorge Nicolau</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3803/p.ind_005.2022_-_cursos_pre-enem_e_vestibular.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3803/p.ind_005.2022_-_cursos_pre-enem_e_vestibular.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através dos órgãos competentes, realize a criação e regulamentação de cursos complementares preparatórios para vestibulares e Exame Nacional do Ensino Médio (ENEM), aos estudantes que cursam e/ou cursaram o Ensino Médio.</t>
   </si>
   <si>
     <t>3792</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3792/p.ind_006.2022_-_casa_do_acolhimento.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3792/p.ind_006.2022_-_casa_do_acolhimento.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através dos órgãos competentes, realize a criação e regulamentação do Programa Casa do Acolhimento.</t>
   </si>
   <si>
     <t>3591</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3591/007_2022_ped_indic_vivia.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3591/007_2022_ped_indic_vivia.pdf</t>
   </si>
   <si>
     <t>Indicação para incluir dois orgãos representativos no Conselho Municipal dos Direitos das Mulheres no Município.</t>
   </si>
   <si>
     <t>3794</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3794/p.ind_009.2022_-_capacitacao_primeiros_socorres_rede_de_ensino.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3794/p.ind_009.2022_-_capacitacao_primeiros_socorres_rede_de_ensino.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através dos órgãos competentes, realize a criação e regulamentação de programa que determine que os_x000D_
 estabelecimentos de ensino de educação básica da rede pública, por meio dos respectivos sistemas de ensino, e os estabelecimentos de ensino de educação básica e de recreação infantil da rede privada deverão capacitar professores e funcionários em noções de primeiros socorros.</t>
   </si>
   <si>
     <t>3798</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3798/p.ind_011.2022_-_pobreza_menstrual.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3798/p.ind_011.2022_-_pobreza_menstrual.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através dos órgãos competentes, realize a criação e regulamentação de Programa Municipal de combate à pobreza menstrual e atenção à saúde íntima feminina no município de Xangri-Lá.</t>
   </si>
   <si>
     <t>3806</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3806/p.ind_012.2022_-_beneficio_do_vale_alimentacao.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3806/p.ind_012.2022_-_beneficio_do_vale_alimentacao.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através dos órgãos competentes, realize a alteração do caput do artigo 6º da Lei 1373/2010 do município de Xangri-Lá fazendo com que funcionários em licença gestante, licença saúde decorrente de acidente de trabalho quando resultar cirurgia ou internação, e portador de neoplasia maligna (câncer) com apresentação de atestado/laudo médico continuem recebendo o vale-alimentação.</t>
   </si>
   <si>
     <t>3795</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3795/p.ind_013.2022_-_hortas_comunitarias.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3795/p.ind_013.2022_-_hortas_comunitarias.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através dos órgãos competentes, realize a criação do Programa de Incentivo à implantação de Hortas Comunitárias e Compostagem no Município de Xangri-Lá.</t>
   </si>
   <si>
     <t>3797</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3797/p.ind_014.2022_-_evasao_escolar.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3797/p.ind_014.2022_-_evasao_escolar.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através dos órgãos competentes, realize a criação da Política Municipal de Prevenção à Evasão Escolar no Município de Xangri-Lá, em consonância com a Base Nacional Comum Curricular prevista na Lei de Diretrizes e Bases da Educação Nacional – LDB. Lei Federal nº 9.394, de 20 de dezembro de 1996.</t>
   </si>
   <si>
     <t>3805</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3805/p.ind_015.2022_-_incentivo_a_compteticoes_esportivas.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3805/p.ind_015.2022_-_incentivo_a_compteticoes_esportivas.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através dos órgãos competentes, realize a criação e regulamentação do Programa de Apoio e Incentivo ao Esporte no município de Xangri-Lá, vinculado à Secretaria Municipal de Educação e Cultura e Secretaria do Turismo, Esporte e Lazer, visando promover a aplicação de recursos financeiros em projetos de fomento as práticas desportivas e ao desenvolvimento do esporte em suas diversas modalidades.</t>
   </si>
   <si>
     <t>3680</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3680/troca_de_rota_escolar_bairro_figueirinha.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3680/troca_de_rota_escolar_bairro_figueirinha.pdf</t>
   </si>
   <si>
     <t>Troca de Rota da Linha Escolar Municipal no Bairro Figueirinha.</t>
   </si>
   <si>
     <t>3827</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3827/convenio_oftalmologista_hospital_life_plus_17.odt</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3827/convenio_oftalmologista_hospital_life_plus_17.odt</t>
   </si>
   <si>
     <t>Indicação do executivo ver a possibilidade e criar convênio com o Hospital Life Plus para atendimento de oftalmologista adulto e pediátrico.</t>
   </si>
   <si>
     <t>3770</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3770/indicacao_proc_da_mulher.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3770/indicacao_proc_da_mulher.pdf</t>
   </si>
   <si>
     <t>“Cria a Procuradoria da Mulher na Câmara Municipal de Xangri-Lá e dá outras providências”</t>
   </si>
   <si>
     <t>3689</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3689/pi.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3689/pi.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente , providencie o  Projeto de Lei ,  que SUGERE AO EXECUTIVO A POSSIBILIDADE de firmar convênio com o Hospital Life Plus Litoral Norte LTDA ,para atendimento de OFTALMOLOGISTA PEDIÁTRICO E ADULTO.</t>
   </si>
   <si>
     <t>3724</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3724/emenda_001_-_mesa_diretora.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3724/emenda_001_-_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>Emenda impositiva ao Projeto de Lei nº 152/2022, que estima a receita e fixa a despesa do Município de Xangri-Lá para o exercício financeiro de 2023.</t>
   </si>
   <si>
     <t>3725</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3725/emenda_002_-_vivian.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3725/emenda_002_-_vivian.pdf</t>
   </si>
   <si>
     <t>3726</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3726/emenda_003_-_jorge.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3726/emenda_003_-_jorge.pdf</t>
   </si>
   <si>
     <t>3727</t>
   </si>
   <si>
     <t>Serginho do Bem</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3727/emenda_004_-_sergio.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3727/emenda_004_-_sergio.pdf</t>
   </si>
   <si>
     <t>3326</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3326/mocao_001.2022_-_repudio_endereco_tabelionato.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3326/mocao_001.2022_-_repudio_endereco_tabelionato.pdf</t>
   </si>
   <si>
     <t>Moção de Repúdio à mudança de endereço do Tabelionato de notas e protestos de Xangri-Lá.</t>
   </si>
   <si>
     <t>3375</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3375/mocao_de_pesar_-_antonio_jose_da_silva_.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3375/mocao_de_pesar_-_antonio_jose_da_silva_.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR SR. ANTONIO JOSÉ DA SILVA</t>
   </si>
   <si>
     <t>3376</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3376/mocao_de_pesar_-_elmar_wagner_.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3376/mocao_de_pesar_-_elmar_wagner_.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR SR. ELMAR WAGNER</t>
   </si>
   <si>
     <t>3377</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3377/mocao_de_pesar_-_manoel_sarmento.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3377/mocao_de_pesar_-_manoel_sarmento.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR SR. MANOEL SARMENTO</t>
   </si>
   <si>
     <t>3378</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3378/mocao_de_pesar_-_francisco_barcella_.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3378/mocao_de_pesar_-_francisco_barcella_.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR SR. FRANCISCO BARCELLA</t>
   </si>
   <si>
     <t>3440</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3440/mocao_de_pesar_-_darci_nascimento.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3440/mocao_de_pesar_-_darci_nascimento.pdf</t>
   </si>
   <si>
     <t>008/2022 - MOÇÃO DE PESAR SENHOR DARCI NASCIMENTO</t>
   </si>
   <si>
     <t>3802</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3802/mocao_de_pesar__013.2022_-_alba_.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3802/mocao_de_pesar__013.2022_-_alba_.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, pelo falecimento da Sra. Alba Cunha, ocorrido no dia 12 de agosto.</t>
   </si>
   <si>
     <t>3807</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3807/mocao_de_pesar__024.2022_-_antonio_.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3807/mocao_de_pesar__024.2022_-_antonio_.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, pelo falecimento do Sr. Antônio Marcos Vianna Fraga, ocorrido no dia 15 de novembro.</t>
   </si>
   <si>
     <t>3808</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3808/mocao_de_pesar__015.2022_-_leda_tarasconi_.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3808/mocao_de_pesar__015.2022_-_leda_tarasconi_.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, pelo falecimento da Sra. Leda Luiza Carbonera Tarasconi, ocorrido no dia 20 de agosto.</t>
   </si>
   <si>
     <t>3809</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3809/mocao_de_pesar__016.2022_-_lauro.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3809/mocao_de_pesar__016.2022_-_lauro.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, pelo falecimento do Sr. Lauro Rogerio Rocha, ocorrido no dia 21 de agosto.</t>
   </si>
   <si>
     <t>3810</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3810/mocao_de_pesar__017.2022_-_felipe_.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3810/mocao_de_pesar__017.2022_-_felipe_.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, pelo falecimento do Sr. Felipe Lopes, ocorrido na última semana.</t>
   </si>
   <si>
     <t>3811</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3811/mocao_de_pesar__019.2022_-_jair_.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3811/mocao_de_pesar__019.2022_-_jair_.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, pelo falecimento do Sr. Jair Albino da Silva, ocorrido no dia 18 de agosto.</t>
   </si>
   <si>
     <t>3812</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3812/mocao_de_pesar__018.2022_-_diogo_.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3812/mocao_de_pesar__018.2022_-_diogo_.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, pelo falecimento do Jovem Diogo Elibio Silva, ocorrido no dia 21 de agosto.</t>
   </si>
   <si>
     <t>3813</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3813/mocao_de_pesar__023.2022_-_teresinha.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3813/mocao_de_pesar__023.2022_-_teresinha.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, pelo falecimento da Sra. Teresinha Rigon dos Anjos, ocorrido no dia 15 de novembro.</t>
   </si>
   <si>
     <t>3814</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3814/mocao_de_pesar__024.2022_-_antonio_.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3814/mocao_de_pesar__024.2022_-_antonio_.pdf</t>
   </si>
   <si>
     <t>3816</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3816/mocao_de_pesar__025.2022_-_paulo_pescador_.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3816/mocao_de_pesar__025.2022_-_paulo_pescador_.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, pelo falecimento do Sr. Paulo Silva Mattos, ocorrido no dia 15 de dezembro.</t>
   </si>
   <si>
     <t>3817</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3817/mocao_de_pesar__021.2022_-_roseli.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3817/mocao_de_pesar__021.2022_-_roseli.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR, pelo falecimento da Sra. Roseli Bernardes, ocorrido no dia 10 de setembro.</t>
   </si>
   <si>
     <t>3345</t>
   </si>
   <si>
     <t>PI</t>
   </si>
   <si>
     <t>Pedido de Informações</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3345/pedido_de_informacao_001.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3345/pedido_de_informacao_001.pdf</t>
   </si>
   <si>
     <t>pedido informacao quantidade de motores comprados</t>
   </si>
   <si>
     <t>3363</t>
   </si>
   <si>
     <t>Eduardo Jardim Alves Duda</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3363/pi_02.2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3363/pi_02.2022.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, informe a esta Casa, quando a empresa responsável pela obra de drenagem da travessa Rio Branco com a Rua Pedro Hygino da Silveira, irá repor a camada asfáltica em cima da tubulação que foi feita ali.</t>
   </si>
   <si>
     <t>3364</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3364/pi_03.2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3364/pi_03.2022.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, informe a esta Casa, quando será concluída a obra de revitalização em PVS no passeio entorno da praça do Arpoador.</t>
   </si>
   <si>
     <t>3374</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3374/p.i_004.2022__-_relacao_cavalos_apreendidos.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3374/p.i_004.2022__-_relacao_cavalos_apreendidos.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através de órgão competente envie a esta casa, cópia da documentação pertinente a todos os cavalos apreendidos.</t>
   </si>
   <si>
     <t>3403</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3403/p.i_005.2022__-_documentacao_parceria_pvs_maori.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3403/p.i_005.2022__-_documentacao_parceria_pvs_maori.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através de órgão competente envie a esta casa, cópia da documentação pertinente a pavimentação da rua que liga a casa noturna Maori até a residência localizada nos fundos da propriedade, como notas fiscais dos PAVS, contrato da execução da obra, o protocolo de parceria e o termo de ajustamento entre o Município e o proprietário.</t>
   </si>
   <si>
     <t>3400</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3400/p.i_006.2022__-_indice_gastos_com_pessoal.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3400/p.i_006.2022__-_indice_gastos_com_pessoal.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através de órgão competente envie a esta casa, cópia da documentação pertinente ao índice de gastos com pessoal do Executivo Municipal dos meses de novembro/21 a abril/22.</t>
   </si>
   <si>
     <t>3417</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3417/pi_07.2022_insalubridade_auxiliares_de_turma.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3417/pi_07.2022_insalubridade_auxiliares_de_turma.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, informe a esta Casa, como esta os trâmites do processo para a contratação de perito que avaliara a possibilidades de todas as Auxiliares de Turma receberem insalubridade.</t>
   </si>
   <si>
     <t>3485</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3485/p.i_008.2022__-_relacao_evasao_escolar.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3485/p.i_008.2022__-_relacao_evasao_escolar.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através de órgão competente envie a esta casa, relação de alunos evadidos em todas as escolas de ensino fundamental do município, discriminando o ano letivo de 2021 e os primeiros meses do ano letivo de 2022. Relação dividida por escola, contendo a idade dos alunos e o ano escolar no qual matriculado.</t>
   </si>
   <si>
     <t>3793</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3793/p.i_009.2022__-_informacoes_obras_emei_rainha.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3793/p.i_009.2022__-_informacoes_obras_emei_rainha.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através de órgão competente informe se as empresas responsáveis pelas obras na EMEI Rainha do Mar foram notificadas e se já se manifestaram em relação ao laudo apresentado.</t>
   </si>
   <si>
     <t>3800</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3800/p.i_010.2022__-_informacoes_supressao_arvores_nativas.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3800/p.i_010.2022__-_informacoes_supressao_arvores_nativas.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através de órgão competente informe a esta casa qual o critério utilizado para supressão das árvores, principalmente as nativas, no município. E se existe compensação para a retirada.</t>
   </si>
   <si>
     <t>3573</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3573/pi_013.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3573/pi_013.pdf</t>
   </si>
   <si>
     <t>Para que o executivo informe sobre o Pedido de Providência de número 63/2022 , feito no dia 04 de Abril de 2022,no qual_x000D_
  solicito que seja colocado um toldo na porta de  entrada da E.M.E.I Figueirinha ,até a saída.</t>
   </si>
   <si>
     <t>3574</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3574/pi_14_contrato_muro.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3574/pi_14_contrato_muro.pdf</t>
   </si>
   <si>
     <t>Envie a esta casa  Legislativa a cópia do contrato da empresa prestadora de serviço de reforma e manutenção   ,relacionado ao MURO DA E.M.E.I Figueirinha.</t>
   </si>
   <si>
     <t>3804</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3804/p.i_015.2022__-_relacao_gastos_verba_fundeb.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3804/p.i_015.2022__-_relacao_gastos_verba_fundeb.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através de órgão competente envie a esta casa, relação de todos os gastos realizados em 2021 e até o mês de junho de 2022, com verbas do FUNDEB, sejam empenhos, notas, comprovantes, destino, bem como a relação nominal dos profissionais pagos com os 30% ou 70%, respectivamente.</t>
   </si>
   <si>
     <t>3796</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3796/p.i_016.2022__-_prazo_contrato_151.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3796/p.i_016.2022__-_prazo_contrato_151.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através de órgão competente informe a esta casa, quanto ao prazo para início da execução dos serviços firmados para a revitalização e iluminação da orla de Atlântida através do contrato 151/2021.</t>
   </si>
   <si>
     <t>3799</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3799/p.i_017.2022__-_prazo_de_obra_firmada_pela_lei_2302.2021.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3799/p.i_017.2022__-_prazo_de_obra_firmada_pela_lei_2302.2021.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através de órgão competente informe a esta casa, quanto ao prazo para início da execução dos serviços firmados através da Lei 2.302/2021, que são de pavimentação da Avenida Parque Central no trecho compreendido entre a Avenida Central e a divisa com o município de Capão da Canoa e também uma ciclovia margeando todo o Parque Central de Atlântida.</t>
   </si>
   <si>
     <t>3669</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3669/pp_cestas_basicas.odt</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3669/pp_cestas_basicas.odt</t>
   </si>
   <si>
     <t>Quais os procedimentos referentes a distribuição de Cestas Básicas ,quanto a origem e quantidade das doações ,quanto aos itens que compõe cada cesta ,listagem dos beneficiados e locais de distribuição e quais critérios adotados para seleção dos beneficiados, essas cestas são oriundas de recursos próprios ,programa federal  ou doações ,quantas cestas básicas são distribuídas mensalmente .?</t>
   </si>
   <si>
     <t>3668</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3668/pi_nova_pracinha_infantil_na_praca_de_tras..odt</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3668/pi_nova_pracinha_infantil_na_praca_de_tras..odt</t>
   </si>
   <si>
     <t>Quando será instalada a nova pracinha infantil na praça de trás ,já que a mesma foi arrancada devido seu estado de má conservação.</t>
   </si>
   <si>
     <t>3687</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3687/pi.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3687/pi.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, informe a esta Casa ,_x000D_
 _x000D_
 - quantos adultos e crianças estão no aguardo para atendimento de Oftalmologista  pelo Gercon ?_x000D_
 - e casos urgentes ?_x000D_
 - por ano quantas crianças e adultos estão sendo chamado?(desde 2021)</t>
   </si>
   <si>
     <t>3823</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3823/pi_21_repasse_ongs.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3823/pi_21_repasse_ongs.pdf</t>
   </si>
   <si>
     <t>Informar a essa casa o valor que o município recebe em repasse para as ONGS.</t>
   </si>
   <si>
     <t>3346</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
     <t>Pedido de Providências</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3346/pedido_de_providencia_001.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3346/pedido_de_providencia_001.pdf</t>
   </si>
   <si>
     <t>pedido de providencia troca lampada iluminacao publica</t>
   </si>
   <si>
     <t>3327</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3327/p.p_002.2022_-_verificacao_iluminacao_geral.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3327/p.p_002.2022_-_verificacao_iluminacao_geral.pdf</t>
   </si>
   <si>
     <t>P.P 002.2022 - VERIFICAÇÃO ILUMINAÇÃO GERAL DO MUNICÍPIO</t>
   </si>
   <si>
     <t>3844</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3844/221228170718.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3844/221228170718.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, faça a Pavimentação em PVS na Rua das Margaridas, na praia de Noiva do Mar, no Trecho entre a Avenida A e a Avenida Noiva do Mar.</t>
   </si>
   <si>
     <t>3849</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3849/221228170623.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3849/221228170623.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, faça a Pavimentação em PVS na Rua das Lírios, na praia de Noiva do Mar, no Trecho entre a Avenida A e a Avenida Noiva do Mar.</t>
   </si>
   <si>
     <t>3848</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3848/221228170409.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3848/221228170409.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, faça a Pavimentação em PVS na Rua dos Jasmins, na praia de Noiva do Mar, no Trecho entre a Avenida A e a Avenida Noiva do Mar.</t>
   </si>
   <si>
     <t>3846</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3846/221228170311.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3846/221228170311.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, faça a Pavimentação em PVS na Rua das Hortências, na praia de Noiva do Mar, no Trecho entre a Avenida A e a Avenida Noiva do Mar.</t>
   </si>
   <si>
     <t>3845</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3845/221228165851.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3845/221228165851.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, faça a Pavimentação em PVS na Rua das Iris, na praia de Noiva do Mar, no Trecho entre a Avenida A e a Avenida Noiva do Mar.</t>
   </si>
   <si>
     <t>3847</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3847/221228165713.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3847/221228165713.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, faça a Pavimentação em PVS na Rua dos Girassóis, na praia de Noiva do Mar, no trecho entre a Avenida A e a Avenida Noiva do Mar.</t>
   </si>
   <si>
     <t>3843</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3843/221228155451.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3843/221228155451.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, faça a Pavimentação em PVS na rua Flor de Lis, na praia de  Noiva do Mar, no trecho entre a Avenida A e a Avenida Noiva do Mar</t>
   </si>
   <si>
     <t>3842</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3842/221228155107.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3842/221228155107.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, faça a Pavimentação em PAVS na Av. Interbalneários, na  praia de Noiva do Mar, no trecho entre a Avenida A e a Avenida Noiva do Mar.</t>
   </si>
   <si>
     <t>3328</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3328/p.p_003.2022_-_placa_indicativa_estacionamento.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3328/p.p_003.2022_-_placa_indicativa_estacionamento.pdf</t>
   </si>
   <si>
     <t>P.P 003.2022 - PLACA INDICATIVA ESTACIONAMENTO EM FRENTE AO SUPERMERCADO NACIONAL.</t>
   </si>
   <si>
     <t>3433</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3433/pp_14.22_guaritas_salva_vidas.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3433/pp_14.22_guaritas_salva_vidas.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie a pintura e a identificação necessária das guaritas dos salva vidas.</t>
   </si>
   <si>
     <t>3457</t>
   </si>
   <si>
     <t>Davi Borges</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3457/pedido_0152022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3457/pedido_0152022.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie a colocação de uma cobertura (pirâmide) na sede do Projeto Bem Estar Animal (container), localizado na Rua dos Navegantes, s/nº no Bairro Marina.</t>
   </si>
   <si>
     <t>3347</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3347/pedido_de_providencia_016.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3347/pedido_de_providencia_016.pdf</t>
   </si>
   <si>
     <t>pedido de providencia irrigacao campo ze lamoa</t>
   </si>
   <si>
     <t>3734</t>
   </si>
   <si>
     <t>Adalcir Jacaré</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3734/pedido_providencia_17.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3734/pedido_providencia_17.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal providencie a pavimentação em pavs na Avenida B no Bairro Marin/Maristela.</t>
   </si>
   <si>
     <t>3738</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3738/pedido_de_providencia_18.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3738/pedido_de_providencia_18.pdf</t>
   </si>
   <si>
     <t>Para que o executivo municipal atraves do orgão competente(Secretaria de Obras) providencie a pavimentação de pavs no entorno de alguma localidades.</t>
   </si>
   <si>
     <t>3344</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3344/pp_19_reposicao_de_pvs.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3344/pp_19_reposicao_de_pvs.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie a reposição em PVS, retirando o calçamento antigo(pedra irregular), da Rua Pedro Hygino da Silveira (antiga Rio Novo), do trecho entre o eco ponto Municipal até a Rua do Parque._x000D_
 E que também seja feita a reposição da Rua do Parque em toda a sua extensão.</t>
   </si>
   <si>
     <t>3429</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3429/pp_20.22abertura_de_rua.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3429/pp_20.22abertura_de_rua.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie a abertura da Rua, entre os Condomínios Sea Coast e o condomínio Blue, e que não faça somente a abertura, mais sim a instalação de PVS no trecho que corresponde ao seguimento da Rua Rio Divisa numa extensão de 750metros, que corresponde a portaria do condomínio Sea Coast à lateral do ERS-389(estrada do mar)._x000D_
 E que faça também o trecho de 650metros que ligará a Rua Rio divisa ao trevo de acesso ao condomínio Ventura e também Green Village.</t>
   </si>
   <si>
     <t>3424</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3424/pp_21.22_reposicao_de_lampadas.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3424/pp_21.22_reposicao_de_lampadas.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie a reposição da lâmpada queimada na rua São Francisco de Assis entre os números 418 e 430 no bairro Remanso</t>
   </si>
   <si>
     <t>3431</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3431/pp_22retirada_dos_postes.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3431/pp_22retirada_dos_postes.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie a remoção dos postes de metal que eram suporte das sinaleiras nas rotulas do Município.</t>
   </si>
   <si>
     <t>3360</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3360/p.p_.2022_-_quebra_molas_manoel_nazario_e_paulo_teixeira.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3360/p.p_.2022_-_quebra_molas_manoel_nazario_e_paulo_teixeira.pdf</t>
   </si>
   <si>
     <t>PARA QUE O EXECUTIVO MUNICIPAL PROVIDENCIE A COLOCAÇÃO DE QUEBRA MOLAS NAS RUAS MANOEL NAZARIO E PAULO TEIXEIRA</t>
   </si>
   <si>
     <t>3460</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3460/pedido_0242022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3460/pedido_0242022.pdf</t>
   </si>
   <si>
     <t>3361</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3361/p.p_025.2022_-_placas_indicativas_nomeacao_logradouros.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3361/p.p_025.2022_-_placas_indicativas_nomeacao_logradouros.pdf</t>
   </si>
   <si>
     <t>P.P 025.2022 - Para que o Executivo Municipal, providencie através do órgão competente, a colocação de placas indicativas nos lugares públicos nomeados.</t>
   </si>
   <si>
     <t>3362</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3362/p.p_026.2022_-_placas_indicativas_nomeacao_ruas.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3362/p.p_026.2022_-_placas_indicativas_nomeacao_ruas.pdf</t>
   </si>
   <si>
     <t>P.P. 026.2022 - Para que o Executivo Municipal, providencie através do órgão competente, a colocação de placas indicativas em todas as ruas do município.</t>
   </si>
   <si>
     <t>3365</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3365/pp_27bueiro.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3365/pp_27bueiro.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie o conserto da tampa de bueiro localizada na Rua Pedro Hygino da Silveira com acesso ao ginásio de esportes da escola Major.</t>
   </si>
   <si>
     <t>3373</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3373/p.p_028.2022_-_pavimentacao_ruas_araponga_ipe_e_rio_apucae.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3373/p.p_028.2022_-_pavimentacao_ruas_araponga_ipe_e_rio_apucae.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, providencie através do órgão competente, a pavimentação com bloquetes parte da rua Rio Apucaé.</t>
   </si>
   <si>
     <t>3372</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3372/p.p_029.2022_-_insalubridade_aux_turma.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3372/p.p_029.2022_-_insalubridade_aux_turma.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, providencie através do órgão competente, a alteração da Lei n° 2064/2019, que determina, em seu paragrafo único, que unicamente auxiliares de turmas que tenham contato com bebês de berçário tem o direito a receber adicional de insalubridade.</t>
   </si>
   <si>
     <t>3401</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3401/220316161701.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3401/220316161701.pdf</t>
   </si>
   <si>
     <t>Colocação de Placa Indicativa da  Rua Cisne Negro Bairro Figueirinha.</t>
   </si>
   <si>
     <t>3394</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3394/220224174921.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3394/220224174921.pdf</t>
   </si>
   <si>
     <t>Revisão e Colocação de Placas Indicativas com o nome das ruas nos bairros ,Arpoador ,Marina e Figueirinha.</t>
   </si>
   <si>
     <t>3462</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3462/pedido_0322022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3462/pedido_0322022.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie pavimentação asfáltica da Rua Primavera, iniciando da Av. Central até a Rua Pirágua e toda a extensão da Rua Pirágua, no Bairro Atlântida.</t>
   </si>
   <si>
     <t>3386</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3386/pedido_de_previdencia.033.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3386/pedido_de_previdencia.033.pdf</t>
   </si>
   <si>
     <t>pedido_de_providencia_conserto_bueiro</t>
   </si>
   <si>
     <t>3404</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Chiquinho da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3404/pedido_de_providencia_34.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3404/pedido_de_providencia_34.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie a colocação de uma parada de ônibus escolar no lugar da parada de ônibus coletivo particular na Rua Rio Guarita esquina com a Rua Rio Camisas.</t>
   </si>
   <si>
     <t>3405</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3405/pedido_de_providencia_35.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3405/pedido_de_providencia_35.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, disponibilize terra preta e esterco para a horta comunitária do bairro Figueirinha.</t>
   </si>
   <si>
     <t>3408</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3408/pedido_de_providencia_36.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3408/pedido_de_providencia_36.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie a limpeza da calçada e passeio da Rua Rio Uruguai esquina com a Avenida Paraguassu.</t>
   </si>
   <si>
     <t>3409</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3409/pedido_de_providencia_37.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3409/pedido_de_providencia_37.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie a limpeza da calçada e passeio da Rua Rio Novo esquina com a Rua Rio Ibicuí.</t>
   </si>
   <si>
     <t>3418</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3418/pedido_providencia_038.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3418/pedido_providencia_038.pdf</t>
   </si>
   <si>
     <t>pedido providencia capina e pintura meio fio guará</t>
   </si>
   <si>
     <t>3432</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3432/pedido_providencia_39.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3432/pedido_providencia_39.pdf</t>
   </si>
   <si>
     <t>pedido de providencia limpeza de todos bueiros do bairro guara</t>
   </si>
   <si>
     <t>3438</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3438/pedido_de_providencia_040.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3438/pedido_de_providencia_040.pdf</t>
   </si>
   <si>
     <t>pedido de providencia corte de grama e limpeza do patio posto de saude guara</t>
   </si>
   <si>
     <t>3439</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3439/pedido_de_providencia_041.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3439/pedido_de_providencia_041.pdf</t>
   </si>
   <si>
     <t>pedido de providencia colocaçao pavs bairro sapolandia</t>
   </si>
   <si>
     <t>3399</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3399/p.p_043.2022_-_limpeza_terreno_baldio_marina.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3399/p.p_043.2022_-_limpeza_terreno_baldio_marina.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, providencie através do órgão competente, a notificação do proprietário do terreno situado na Rua das Sereias na Marina (ao lado do nº 222) para que realize a limpeza do referido sob pena de multa.</t>
   </si>
   <si>
     <t>3406</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3406/pedido_de_providencia_44.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3406/pedido_de_providencia_44.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie a limpeza de um terreno na Rua das Sereias ao lado do número 222 no bairro Marina.</t>
   </si>
   <si>
     <t>3435</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3435/pedido_de_providencia_045.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3435/pedido_de_providencia_045.pdf</t>
   </si>
   <si>
     <t>pedido de providencia retirada equipamentos academia sem uso</t>
   </si>
   <si>
     <t>3436</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3436/pedido_de_providencia_046.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3436/pedido_de_providencia_046.pdf</t>
   </si>
   <si>
     <t>pedido de providencia limpeza geral da praca do bairro guara</t>
   </si>
   <si>
     <t>3437</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3437/pedido_de_providencia_047.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3437/pedido_de_providencia_047.pdf</t>
   </si>
   <si>
     <t>pedido de providencia reativaçao das farmacias nos postos de saude de xangri-la</t>
   </si>
   <si>
     <t>3463</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3463/pedido_0482022_pdf.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3463/pedido_0482022_pdf.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie a_x000D_
 limpeza do terreno localizado na Av. Àgata com a Rua Amazonita no Bairro Rainha do_x000D_
 Mar.</t>
   </si>
   <si>
     <t>3464</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3464/pedido_0492022_pdf.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3464/pedido_0492022_pdf.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie o_x000D_
 conserto da rede pluvial e asfáltica na Rua Safira até a esquina da Av. Ágata, no distrito_x000D_
 de Rainha do Mar.</t>
   </si>
   <si>
     <t>3465</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3465/pedido_0502022_pdf.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3465/pedido_0502022_pdf.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie a_x000D_
 capina e a pintura de meios fios da Sapolandia.</t>
   </si>
   <si>
     <t>3466</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3466/pedido_0512022_pdf.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3466/pedido_0512022_pdf.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie a_x000D_
 capina , pintura de meios fios e recolhimento de entulho nas ruas do Bairro Figueirinha.</t>
   </si>
   <si>
     <t>3467</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3467/pedido_0522022_pdf.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3467/pedido_0522022_pdf.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie o_x000D_
 recolhimento do lixo e limpeza na Barra do João Pedro, limites dos municípios de_x000D_
 Xangri-Lá/RS e Maquiné/RS.</t>
   </si>
   <si>
     <t>3452</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3452/pedido_0532022_pdf.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3452/pedido_0532022_pdf.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie a_x000D_
 limpeza dos valos e do esgoto pluvial do Parcão Norte Sul em Atlântida.</t>
   </si>
   <si>
     <t>3453</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3453/pedido_0542022_pdf.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3453/pedido_0542022_pdf.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie a_x000D_
 canalização e calçada na Rua Ceráco Jerônimo de Souza,na extenção da Rua Travessa São_x000D_
 Pedro até o acesso da ERS 407.</t>
   </si>
   <si>
     <t>3454</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3454/pedido_0552022_pdf.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3454/pedido_0552022_pdf.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie_x000D_
 placas indicativas com nomes de ruas de todo o município de Xangri-Lá</t>
   </si>
   <si>
     <t>3411</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3411/56.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3411/56.pdf</t>
   </si>
   <si>
     <t>Restauração Parada Ônibus bairro Marina.</t>
   </si>
   <si>
     <t>3412</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3412/pp_57pvs_arpoador.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3412/pp_57pvs_arpoador.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie a instalação de PVS na parada de ônibus existente na praça do arpoador, localizada na Avenida Ana Paula</t>
   </si>
   <si>
     <t>3413</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3413/pp_58_lixeiras_arpoador.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3413/pp_58_lixeiras_arpoador.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie a instalação de lixeiras em torno da praça do Arpoador em torno da pavimentação de PVS.</t>
   </si>
   <si>
     <t>3414</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3414/pp_59_parada_de_onibus_no_arpoador.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3414/pp_59_parada_de_onibus_no_arpoador.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie a instalação de uma parada de ônibus no bairro arpoador, sito na Avenida Ana Paula, na área verde na rua Jaques Coustean e avenida Brasil.</t>
   </si>
   <si>
     <t>3415</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3415/pp_60_academia.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3415/pp_60_academia.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie a troca dos equipamentos de academia ao ar livre instalados nas praças municipais.</t>
   </si>
   <si>
     <t>3416</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3416/pp_61_bueiro_em_frente_escola_major.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3416/pp_61_bueiro_em_frente_escola_major.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie o conserto do bueiro localizado em frente a Escola Major em Xangri-Lá</t>
   </si>
   <si>
     <t>3410</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3410/62.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3410/62.pdf</t>
   </si>
   <si>
     <t>Restauração Parada Ônibus bairro Figueirinha.</t>
   </si>
   <si>
     <t>3407</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3407/63.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3407/63.pdf</t>
   </si>
   <si>
     <t>Colocação de Toldo na entrada da E.M.E.I Figueirinha.</t>
   </si>
   <si>
     <t>3841</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3841/221228154704.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3841/221228154704.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, faça a colocação de uma parada de ônibus em Rainha do Mar, mais especificamente na Rua Alameda Safira em frente a Igreja Evangélica que se localiza ao lado do Mercado Farias.</t>
   </si>
   <si>
     <t>3837</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3837/221228154146.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3837/221228154146.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, faça o conserto e restauração da via pública na Rua Rio Camisas, esquina com a Rua Rio Ibicuí.</t>
   </si>
   <si>
     <t>3836</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3836/221228153740.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3836/221228153740.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, faça o conserto da via publica na avenida Noiva do Mar esquina com a Av.Paraguassu  na divisa entre Noiva e Rainha do Mar</t>
   </si>
   <si>
     <t>3458</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3458/pedido_de_providencia_067.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3458/pedido_de_providencia_067.pdf</t>
   </si>
   <si>
     <t>pedido de providencia colocação toldo inicio da calçada ate entrada colegio emei figueirinha, no bairro figueirinha.</t>
   </si>
   <si>
     <t>3451</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3451/pedido_de_providencia_068.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3451/pedido_de_providencia_068.pdf</t>
   </si>
   <si>
     <t>pedido de providencia uma operaçao tapa buracos em torno da rotula que fica entre a rua rio jacui com avenida paraguassu</t>
   </si>
   <si>
     <t>3449</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3449/pedido_de_providencia_069.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3449/pedido_de_providencia_069.pdf</t>
   </si>
   <si>
     <t>tampa de proteçao do bueiro da rua padre cesarino reus numero 399 no bairro guara</t>
   </si>
   <si>
     <t>3448</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3448/pedido_de_providencia_070.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3448/pedido_de_providencia_070.pdf</t>
   </si>
   <si>
     <t>pedido de providencia colocaçao quebra-molas na rua olmiro lima em frente ao salao bitencourt no bairro guara</t>
   </si>
   <si>
     <t>3447</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3447/pedido_de_providencia_071.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3447/pedido_de_providencia_071.pdf</t>
   </si>
   <si>
     <t>pedido de providencia colocaçao de pavs na rua leao marinho no bairro marina maristela</t>
   </si>
   <si>
     <t>3446</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3446/pedido_de_providencia_072.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3446/pedido_de_providencia_072.pdf</t>
   </si>
   <si>
     <t>pedido de providencia iluminaçao ruas protasio marques da rosa e olmiro lima no bairro guara</t>
   </si>
   <si>
     <t>3444</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3444/pedido_de_providencia_073.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3444/pedido_de_providencia_073.pdf</t>
   </si>
   <si>
     <t>pedido de providencia capina nas ruas miraguaia e caracol no bairro marina maristela</t>
   </si>
   <si>
     <t>3445</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3445/pedido_de_providencia_074.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3445/pedido_de_providencia_074.pdf</t>
   </si>
   <si>
     <t>pedido de providencia iluminaçao rua caracol no bairro marina maristela</t>
   </si>
   <si>
     <t>3455</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3455/pedido_0132022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3455/pedido_0132022.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie uma ciclovia uma calçada em torno do muro dos condomínios Atlântida Ilhas Park, Atlântida Lagos Park e Bosques de Atlântida, da Polícia Rodoviária Estadual até ao Pórtico de Acesso ao bairro Guará.</t>
   </si>
   <si>
     <t>3509</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3509/p.p_075.2022_-_esgotamento_pluvial_guara_norte.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3509/p.p_075.2022_-_esgotamento_pluvial_guara_norte.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, providencie através do órgão competente, o esgotamento pluvial no Guará Norte.</t>
   </si>
   <si>
     <t>3456</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3456/pedido_0772022_pdf.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3456/pedido_0772022_pdf.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie a_x000D_
 mudança da posição de canalização atual da Rua Augusto Manoel Da Silva, na_x000D_
 quadra entre as ruas Manoel Nazário e Paulo Teixeira.</t>
   </si>
   <si>
     <t>3461</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3461/pedido_0782022_pdf.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3461/pedido_0782022_pdf.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie a_x000D_
 alteração da rótula com alargamento de pista e a construção de calçadas no acesso_x000D_
 da ERS 407 para AV. Central de Atlântida.</t>
   </si>
   <si>
     <t>3459</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3459/220418180945.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3459/220418180945.pdf</t>
   </si>
   <si>
     <t>Colocação de Poste de Luz no Final da Rua Cisne Branco.</t>
   </si>
   <si>
     <t>3819</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3819/p.p_080.2022_-_buraco_ruas.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3819/p.p_080.2022_-_buraco_ruas.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, providencie através do órgão competente, o reparo no buraco existente na Rua Rio Camisas, esquina com a Rua Rio Ibicuí e também o rebaixamento junto ao meio-fio para escoamento da água acumulada junto ao mesmo.</t>
   </si>
   <si>
     <t>3821</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3821/p.p_081.2022_-_municipalizacao_rs-407.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3821/p.p_081.2022_-_municipalizacao_rs-407.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, providencie junto ao governo do estado, a municipalização do trecho da RS-407 no perímetro compreendido entre a Estrada do Mar RS-389 e a divisa com Capão da Canoa.</t>
   </si>
   <si>
     <t>3741</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3741/pedido_de_providencia_82.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3741/pedido_de_providencia_82.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal através da secretaria de obras providencie o acabamento, tape os buracos nas junções entre o asfalto e os pavs das ruas que receberam a pavimentação em pavs.</t>
   </si>
   <si>
     <t>3739</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3739/pedido_providencia_83.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3739/pedido_providencia_83.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal providencie a colocação de placas com identificação dos nomes de ruas que estão sem identificação em todo o município.</t>
   </si>
   <si>
     <t>3489</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3489/pedido_de_providencia_084.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3489/pedido_de_providencia_084.pdf</t>
   </si>
   <si>
     <t>pedido de providencia nivelaçao do asfalto olmiro lima 593 bairro guara</t>
   </si>
   <si>
     <t>3492</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3492/pedido_de_providencia_085.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3492/pedido_de_providencia_085.pdf</t>
   </si>
   <si>
     <t>pedido de providencia nivelaçao asfalto na rua protasio marques da rosa, entre as ruas presalino espindula com a manoel alves no bairro guara.</t>
   </si>
   <si>
     <t>3488</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3488/pedido_de_providencia_086.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3488/pedido_de_providencia_086.pdf</t>
   </si>
   <si>
     <t>pedido de providencia alargamento da rua protasio marques da rosa, entre as ruas presalino espindola com a manoel alves no bairro guará</t>
   </si>
   <si>
     <t>3495</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3495/pedido_de_providencia_087.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3495/pedido_de_providencia_087.pdf</t>
   </si>
   <si>
     <t>pedido de providencia iluminaçao da rua augusto manoel da silva 132 no bairro guará</t>
   </si>
   <si>
     <t>3497</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3497/pedido_de_providencia_088.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3497/pedido_de_providencia_088.pdf</t>
   </si>
   <si>
     <t>pedido de providencia iluminaçao da rua manoel agenor silveira 59 no bairro guará</t>
   </si>
   <si>
     <t>3502</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3502/pedido_de_providencia_089.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3502/pedido_de_providencia_089.pdf</t>
   </si>
   <si>
     <t>pedido de providencia iluminaçao da rua manoel nazario 100 no bairro guará</t>
   </si>
   <si>
     <t>3508</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3508/pedido_de_providencia_090.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3508/pedido_de_providencia_090.pdf</t>
   </si>
   <si>
     <t>pedido de providencia iluminaçao da protasio marques da rosa 453 no bairro guará</t>
   </si>
   <si>
     <t>3510</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3510/pedido_de_providencia_091.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3510/pedido_de_providencia_091.pdf</t>
   </si>
   <si>
     <t>pedido de providencia iluminaçao da ers-407 em frente aos numeros 2933 e 2945 no bairro guará</t>
   </si>
   <si>
     <t>3493</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3493/p.p_092.2022_-_leis_aprovadas_nao_implementadas.odt</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3493/p.p_092.2022_-_leis_aprovadas_nao_implementadas.odt</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, providencie através dos órgãos competentes, realizem a verificação das Leis 1954/2017, 2107/2019, 2094/2019, 2233/2021 e 2312/2021 e coloquem em prática suas diretrizes.</t>
   </si>
   <si>
     <t>3818</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3818/p.p_093.2021_-_iluminacao_canario_da_terra.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3818/p.p_093.2021_-_iluminacao_canario_da_terra.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, providencie junto ao órgão competente, os reparos necessários das luminárias localizadas na Rua Canário da Terra.</t>
   </si>
   <si>
     <t>3820</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3820/p.p_094.2021_-_iluminacao_irere.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3820/p.p_094.2021_-_iluminacao_irere.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, providencie junto ao órgão competente, os reparos necessários na iluminação da Rua Irerê, entre os números 671 e 704.</t>
   </si>
   <si>
     <t>3507</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3507/p.p_095.2021_-_iluminacao_beira_mar.odt</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3507/p.p_095.2021_-_iluminacao_beira_mar.odt</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, providencie junto ao órgão competente, os reparos necessários no braço de uma luminária da Avenida Beira Mar, nas proximidades do número 1235.</t>
   </si>
   <si>
     <t>3479</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3479/pedido_de_providencia_096.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3479/pedido_de_providencia_096.pdf</t>
   </si>
   <si>
     <t>pedido de providencia capina e pintura dos meios-fios na rua flor de lis entre as avenidas norte e sul, no balneario noiva do mar</t>
   </si>
   <si>
     <t>3480</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3480/pedido_de_providencia_097.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3480/pedido_de_providencia_097.pdf</t>
   </si>
   <si>
     <t>pedido de providencia capina e pintura dos meios-fios na rua dos girassois entre as avenidas norte e sul, no balneario noiva do mar</t>
   </si>
   <si>
     <t>3481</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3481/pedido_de_providencia_098.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3481/pedido_de_providencia_098.pdf</t>
   </si>
   <si>
     <t>pedido de providencia capina e pintura dos meios-fios na rua das hortencias entre as avenidas norte e sul, no balneario noiva do mar</t>
   </si>
   <si>
     <t>3482</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3482/pedido_de_providencia_099.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3482/pedido_de_providencia_099.pdf</t>
   </si>
   <si>
     <t>pedido de providencia capina e pintura dos meios-fios na rua das iris entre as avenidas norte e sul, no balneario noiva do mar</t>
   </si>
   <si>
     <t>3484</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3484/pedido_de_providencia_100.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3484/pedido_de_providencia_100.pdf</t>
   </si>
   <si>
     <t>pedido de providencia capina e pintura dos meios-fios na rua do jasmins entre as avenidas norte e sul, no balneario noiva do mar</t>
   </si>
   <si>
     <t>3490</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3490/pedido_de_providencia_101.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3490/pedido_de_providencia_101.pdf</t>
   </si>
   <si>
     <t>pedido de providencia capina e pintura dos meios-fios na rua dos lirios entre as avenidas norte e sul, no balneario noiva do mar</t>
   </si>
   <si>
     <t>3491</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3491/pedido_de_providencia_102.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3491/pedido_de_providencia_102.pdf</t>
   </si>
   <si>
     <t>pedido de providencia capina e pintura dos meios-fios na rua das margaridas entre as avenidas norte e sul, no balneario noiva do mar</t>
   </si>
   <si>
     <t>3499</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3499/pedido_de_providencia_103.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3499/pedido_de_providencia_103.pdf</t>
   </si>
   <si>
     <t>pedido de providencia capina e pintura dos meios-fios na rua dos narcisos entre as avenidas norte e sul, no balneario noiva do mar</t>
   </si>
   <si>
     <t>3504</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3504/pedido_de_providencia_104.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3504/pedido_de_providencia_104.pdf</t>
   </si>
   <si>
     <t>pedido de providencia capina, pintura e revitalizaçao dos meios-fios e canteiros centrais de toda avenida norte no balneario noiva do mar</t>
   </si>
   <si>
     <t>3505</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3505/pedido_de_providencia_105.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3505/pedido_de_providencia_105.pdf</t>
   </si>
   <si>
     <t>pedido de providencia capina e pintura e revitalizaçao dos meios-fios e canteiros centrais de toda avenida sul no balneario noiva do mar</t>
   </si>
   <si>
     <t>3740</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3740/pedido_providencia_108.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3740/pedido_providencia_108.pdf</t>
   </si>
   <si>
     <t>Para que o executivo municipal através dos órgãos competentes notifique o proprietário do terreno localizado na rua Guatapi n° 534em Atlântida para que o mesmo providencie a limpeza do terreno.</t>
   </si>
   <si>
     <t>3743</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3743/pedido_providencia_109.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3743/pedido_providencia_109.pdf</t>
   </si>
   <si>
     <t>Para que Executivo Municipal através dos órgãos competentes notifique o proprietário do terreno localizado na AV. Paraguassú frente n° 2231 Centro Xangri-Lá, para que o mesmo providencie a limpeza do terreno.</t>
   </si>
   <si>
     <t>3521</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3521/111_pavs_em_todas_ruas_do_figueirinha.odt</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3521/111_pavs_em_todas_ruas_do_figueirinha.odt</t>
   </si>
   <si>
     <t>Seja feita obras de pavimentação em ruas no bairro Figueirinha .</t>
   </si>
   <si>
     <t>3515</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3515/112_notificar_corsan_figueirinha.odt</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3515/112_notificar_corsan_figueirinha.odt</t>
   </si>
   <si>
     <t>Notifique a Corsan ou determine á Secretaria de Obras ,Urbanismo e Vias Públicas a IMEDIATA reparação do calçamento ,pavs ou asfalto.</t>
   </si>
   <si>
     <t>3516</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3516/pedido_de_providencia_113.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3516/pedido_de_providencia_113.pdf</t>
   </si>
   <si>
     <t>pedido de providencia colocaçao pavs na rua o no balneario coqueiros</t>
   </si>
   <si>
     <t>3518</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3518/p.p_114.2022_-_regularizacao_guara_norte_junto_ao_cadastro_da_pmx.odt</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3518/p.p_114.2022_-_regularizacao_guara_norte_junto_ao_cadastro_da_pmx.odt</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie o encaminhamento ao setor de cadastro da Prefeitura Municipal de Xangri-Lá toda a documentação relativa ao processo nº 141/1.17.0004400-9 de regularização do Guará Norte.</t>
   </si>
   <si>
     <t>3517</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3517/115_limpeza_e_retirada_de_entulhos_na_rua_arara_azul.odt</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3517/115_limpeza_e_retirada_de_entulhos_na_rua_arara_azul.odt</t>
   </si>
   <si>
     <t>Retirada de entulhos localizado em toda extensão da  Rua  Arara Azul ,no bairro Figueirinha.</t>
   </si>
   <si>
     <t>3520</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3520/116_pavs_rua_o.odt</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3520/116_pavs_rua_o.odt</t>
   </si>
   <si>
     <t>Colocação de pavimento na Rua O ,bairro Arpoador.</t>
   </si>
   <si>
     <t>3525</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3525/pedido_de_providencia_117.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3525/pedido_de_providencia_117.pdf</t>
   </si>
   <si>
     <t>pedido de providencia colocaçao de pavs na rua n, no balneario coqueiros</t>
   </si>
   <si>
     <t>3526</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3526/pedido_de_providencia_118.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3526/pedido_de_providencia_118.pdf</t>
   </si>
   <si>
     <t>pedido de providencia colocaçao de um braco no poste de iluminaçao da rua n, numero 29 no balneario coqueiros</t>
   </si>
   <si>
     <t>3522</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3522/pedido_de_providencia_119.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3522/pedido_de_providencia_119.pdf</t>
   </si>
   <si>
     <t>pedido de providencia uma limpeza geral da praça do bairro guará</t>
   </si>
   <si>
     <t>3523</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3523/120_retirada_de_entulho_arpoador.odt</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3523/120_retirada_de_entulho_arpoador.odt</t>
   </si>
   <si>
     <t>Limpeza e retirada de entulhos localizado no final da Rua Pedro Álvares Cabral ,bairro Arpoador.</t>
   </si>
   <si>
     <t>3854</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>Cleomar</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2023/3854/2301051612410001.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2023/3854/2301051612410001.pdf</t>
   </si>
   <si>
     <t>Para que o executivo municipal providencie a construção de uma escolinha infantil, na área antiga da corsan.</t>
   </si>
   <si>
     <t>3519</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3519/p.p_123.2022_-_limpeza_terreno_marina_alameda_safira.odt</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3519/p.p_123.2022_-_limpeza_terreno_marina_alameda_safira.odt</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, providencie através do órgão competente, a notificação dos proprietários dos imóveis situados na Alameda Safira nº 278 e 368 para que realizem a limpeza dos referidos sob pena de multa.</t>
   </si>
   <si>
     <t>3524</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3524/p.p_124.2022_-_limpeza_terreno_baldio_guatapi.odt</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3524/p.p_124.2022_-_limpeza_terreno_baldio_guatapi.odt</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, providencie através do órgão competente, a notificação do proprietário dos terrenos situados na Rua Guatapi (em frente ao nº. 1455) para que realize a limpeza dos referidos sob pena de multa.</t>
   </si>
   <si>
     <t>3856</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2023/3856/2301051641370001_2.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2023/3856/2301051641370001_2.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie a colocação de Pvs na Avenida Esmeralda, no sentido mar, do outro lado da Alameda Água Marinha, em Rainha do Mar.</t>
   </si>
   <si>
     <t>3857</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2023/3857/2301051658310001.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2023/3857/2301051658310001.pdf</t>
   </si>
   <si>
     <t>Para que providencie a colocação de um quebra-molas na Avenida Diamante, em frente ao Bazar Rainha, número 708.  em Rainha do mar.</t>
   </si>
   <si>
     <t>3529</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3529/pedido_de_providencia_127.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3529/pedido_de_providencia_127.pdf</t>
   </si>
   <si>
     <t>pedido de providencia instalação quebra-molas na rua rio camisas próximo numero 2101.</t>
   </si>
   <si>
     <t>3527</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3527/parada_de_onibus_128_rua_rio_camisas.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3527/parada_de_onibus_128_rua_rio_camisas.pdf</t>
   </si>
   <si>
     <t>Colocação de uma PARADA COBERTA  DE ÔNIBUS ESCOLAR, na Rua Rio Guarita ,esquina com a Rua Rio Camisas para as crianças se abrigarem dos dias de chuva e frio.</t>
   </si>
   <si>
     <t>3536</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3536/pedido_de_providencia_129.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3536/pedido_de_providencia_129.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie a retirada do asfalto, canalize e coloque PAVS entre a Rua Jacui e Rio Tainhas.</t>
   </si>
   <si>
     <t>3537</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3537/pedido_de_providencia_130.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3537/pedido_de_providencia_130.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie a retirada das pedras irregulares e coloque PAVS na Rua das Hortênsias.</t>
   </si>
   <si>
     <t>3538</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3538/pedido_de_providencia_131.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3538/pedido_de_providencia_131.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie a limpeza do passeio na Rua Ibicui e Rio Novo.</t>
   </si>
   <si>
     <t>3744</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3744/pedido_providencia_132.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3744/pedido_providencia_132.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal através do órgão competente, execute a ampliação do estacionamento para veículos, no canteiro central da Avenida paraguassú, em frente as Secretárias de Educação e Secretária da Assistência Social.</t>
   </si>
   <si>
     <t>3549</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3549/pedido_de_providencia_133.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3549/pedido_de_providencia_133.pdf</t>
   </si>
   <si>
     <t>pedido de providencia construçao de dois bueiros no final da rua cisne branco com a falcao azul no bairro figueirinha.</t>
   </si>
   <si>
     <t>3552</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3552/pp136.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3552/pp136.pdf</t>
   </si>
   <si>
     <t>Que o executivo notifique a empresa CEEE  para fazer a instalação de fios nos postes de luz na rótula da ERS 389,   e no pórtico do Guará .</t>
   </si>
   <si>
     <t>3773</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3773/p.p_138.2021_-_conselho_protecao_e_defesa_animal.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3773/p.p_138.2021_-_conselho_protecao_e_defesa_animal.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, providencie junto ao órgão competente, a publicação da portaria para efetivação do Conselho Municipal de Proteção e Defesa dos Animais.</t>
   </si>
   <si>
     <t>3772</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3772/p.p_139.2021_-_ruas_atlantida.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3772/p.p_139.2021_-_ruas_atlantida.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, providencie junto ao órgão competente, que seja revogada a Lei 043/1993 que determinava que a nomenclatura das ruas de Atlântida deveriam ser relativas a nomes de pássaros, árvores ou do vocabulário indígena.</t>
   </si>
   <si>
     <t>3553</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3553/140pp.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3553/140pp.pdf</t>
   </si>
   <si>
     <t>Que o Executivo Municipal notifique as empresas de cabos e fios para o alinhamento dos mesmos em todo município.</t>
   </si>
   <si>
     <t>3554</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3554/220530183237.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3554/220530183237.pdf</t>
   </si>
   <si>
     <t>Colocação de Placas Indicativas em todas ruas do Bairro Arpoador</t>
   </si>
   <si>
     <t>3775</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3775/p.p_142.2022_-lampada_rua_geloi_jose_da_silva.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3775/p.p_142.2022_-lampada_rua_geloi_jose_da_silva.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, providencie através do órgão competente, a verificação e conserto de lâmpada na Rua Geloí José da Silva, em frente ao número 120, no bairro Guará.</t>
   </si>
   <si>
     <t>3828</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3828/pp_1432022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3828/pp_1432022.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie_x000D_
 quebra-molas na rua Avenida Central, no bairro Atlantida, próximo a escola Nayde.</t>
   </si>
   <si>
     <t>3575</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3575/pp_145_rede_de_iluminacao_rua_azulao.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3575/pp_145_rede_de_iluminacao_rua_azulao.pdf</t>
   </si>
   <si>
     <t>Colocação de 4 (quatro) postes de luz e Rede de Iluminação Pública ,no final da Rua Cisne Branco ,esquina com a Rua Azulão,no Bairro Figueirinha.</t>
   </si>
   <si>
     <t>3576</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3576/146_rede_de_iluminacao_emei_figueirinha.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3576/146_rede_de_iluminacao_emei_figueirinha.pdf</t>
   </si>
   <si>
     <t>Colocação de postes de luz e Rede de Iluminação Pública ,em frente a Escolinha de  Educação Infantil do Bairro Figueirinha.</t>
   </si>
   <si>
     <t>3577</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3577/pp_147_base_asfaltico.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3577/pp_147_base_asfaltico.pdf</t>
   </si>
   <si>
     <t>Colocação de base de asfalto na Rua Cisne Negro ,do término do calçamento até o fim da via ,no Bairro Figueirinha.</t>
   </si>
   <si>
     <t>3582</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3582/220620175653.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3582/220620175653.pdf</t>
   </si>
   <si>
     <t>Instalação de uma nova pracinha infantil e a instalação de equipamentos para realização de atividades físicas na praça dos fundos no Bairro Figueirinha.</t>
   </si>
   <si>
     <t>3771</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3771/p.p_152.2022_-_meio_fio_prefeitura.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3771/p.p_152.2022_-_meio_fio_prefeitura.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, providencie junto ao órgão competente, o rebaixamento do meio-fio do estacionamento em frente à Prefeitura Municipal e faça a destinação do estacionamento para uso exclusivo dos contribuintes.</t>
   </si>
   <si>
     <t>3777</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3777/p.p_153.2022_-_sistema_de_protecao_figueirinha_rs_389.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3777/p.p_153.2022_-_sistema_de_protecao_figueirinha_rs_389.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, providencie junto ao DAER a realização de convênio para devida sinalização e colocação de gradil de concreto ou guard-rail na RS 389 (ESTRADA DO MAR), principalmente no trecho que passa pelo bairro Figueirinha.</t>
   </si>
   <si>
     <t>3778</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3778/p.p_154.2022_-_substituicao_bracos_postes.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3778/p.p_154.2022_-_substituicao_bracos_postes.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, providencie junto ao órgão competente, a substituição dos braços curtos utilizados nas ruas do Guará Norte por braços longos do tipo cisne e luminárias de LED.</t>
   </si>
   <si>
     <t>3838</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3838/pedido_de_providencia_rua_rio_camisas.odt</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3838/pedido_de_providencia_rua_rio_camisas.odt</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, faça o conserto de um buraco na via pública, mais exatamente junto ao quebra molas, na Rua Rio Camisas em frente ao numero 1291. Fotos em anexo.</t>
   </si>
   <si>
     <t>3593</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3593/pedido_de_providencia_17_23-05-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3593/pedido_de_providencia_17_23-05-2022.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie a colocação_x000D_
 de um quebra-molas na Avenida Paraguassú n° 330 e outro na n° 242.</t>
   </si>
   <si>
     <t>3745</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3745/pedido_providencia_157.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3745/pedido_providencia_157.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal através dos órgãos competentes providencie a instalação de uma parada de Ônibus na rua Rio Camisas esquina com Rio Uruguai próximo ao número 419.</t>
   </si>
   <si>
     <t>3746</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3746/pedido_providencia_158.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3746/pedido_providencia_158.pdf</t>
   </si>
   <si>
     <t>Para que o executivo municipal solicite a empresa prestadora de serviço de transporte coletivo do Município de Xangri-Lá a colocação, nas paradas de Ônibus, os horários e itinerários dos ônibus que circulam na respectiva parada.</t>
   </si>
   <si>
     <t>3774</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3774/p.p_159.2022_-_segunda_edicao_livro_raizes.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3774/p.p_159.2022_-_segunda_edicao_livro_raizes.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, providencie junto ao órgão competente, o estudo sobre a possibilidade da confecção de novas edições do Livro Raízes de Xangri-Lá.</t>
   </si>
   <si>
     <t>3840</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3840/221228152622.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3840/221228152622.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, faça a colocação de um quebra-molas, na Alameda Agua Marinha mais precisamente entre o Mercado Pereira e a Fruteira do Alemão, em Rainha do Mar.</t>
   </si>
   <si>
     <t>3776</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3776/p.p_161.2022_-_posto_de_atendimento_ceee.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3776/p.p_161.2022_-_posto_de_atendimento_ceee.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, providencie junto ao CEEE Equatorial, a instalação de um posto de atendimento em Xangri-Lá.</t>
   </si>
   <si>
     <t>3835</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3835/pedido_providencia_8_de_agosto.odt</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3835/pedido_providencia_8_de_agosto.odt</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, faça a manutenção ou troca da lâmpada e da luminária, situada Na Rua São Francisco de Assis, no Bairro Remanso, em frente ao Nº 718.</t>
   </si>
   <si>
     <t>3618</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3618/pedido_de_providencia_163_postes_luz_arpoador.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3618/pedido_de_providencia_163_postes_luz_arpoador.pdf</t>
   </si>
   <si>
     <t>Colocação de 4 (quatro) postes de luz e Rede de Iluminação Pública ,no final da Rua Pedro Alvarez Cabral ,Bairro Arpoador ,esquina com a Rua A ,no Bairro Coqueiros.</t>
   </si>
   <si>
     <t>3617</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3617/pp164figueirinha.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3617/pp164figueirinha.pdf</t>
   </si>
   <si>
     <t>Colocação de 3 Postes de Luz no Bairro Figueirinha.</t>
   </si>
   <si>
     <t>3779</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3779/p.p_165.2022_-_quebra-molas_rua_rio_ibicui.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3779/p.p_165.2022_-_quebra-molas_rua_rio_ibicui.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, providencie através do órgão competente, a colocação/construção de quebra-molas na Rua Rio Ibicuí no bairro Centro, no trecho compreendido da Av. Paraguassú à Av. Beira Mar.</t>
   </si>
   <si>
     <t>3749</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3749/pedido_providencia_166.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3749/pedido_providencia_166.pdf</t>
   </si>
   <si>
     <t>Para que o executivo Municipal através da secretaria competente, faça adequações na parada de Ônibus localizada na praça do Bairro Arpoador.</t>
   </si>
   <si>
     <t>3750</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3750/pedido_providencia_167.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3750/pedido_providencia_167.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal através da secretaria competente, faça um estudo para alterar para mão única a rua Rio Apucaé, no trecho entre as ruas Rio do sinos e a rua Rio Uruguai.</t>
   </si>
   <si>
     <t>3751</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3751/pdido_providencia_168.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3751/pdido_providencia_168.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal através da secretaria de Obras providencie a canalização pluvial na Rua Azulão, no Bairro Figueirinha.</t>
   </si>
   <si>
     <t>3616</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3616/pp169arpoador.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3616/pp169arpoador.pdf</t>
   </si>
   <si>
     <t>Retirada de Entulhos bairro Arpoador.</t>
   </si>
   <si>
     <t>3830</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3830/pp_1702022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3830/pp_1702022.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie uma_x000D_
 limpeza e colocação de saibro na rua Ceriaco Jeronimo de Souza, desde a Estrada do_x000D_
 Mar até a Lagoa dos Quadros, pois o local é utilizado por moradares e pescadores da_x000D_
 região e está com dificuldade de acesso devido ao excesso de vegetação e lixo no local.</t>
   </si>
   <si>
     <t>3780</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3780/p.p_171.2022_-_verificacao_iluminacao_geral.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3780/p.p_171.2022_-_verificacao_iluminacao_geral.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, providencie através do órgão competente, os reparos necessários na iluminação da Rua Timbaúva, mais precisamente junto ao número 1165.</t>
   </si>
   <si>
     <t>3826</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3826/placas_indicativas_ruas_arpoador_e_figueirinha.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3826/placas_indicativas_ruas_arpoador_e_figueirinha.pdf</t>
   </si>
   <si>
     <t>Colocação das Placas Indicativas dos nomes das ruas nos Bairros ,Arpoador e Figueirinha.</t>
   </si>
   <si>
     <t>3653</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3653/nova_pracinha_173_figueirinha.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3653/nova_pracinha_173_figueirinha.pdf</t>
   </si>
   <si>
     <t>Instalação de uma nova pracinha infantil  na praça dos fundos no Bairro Figueirinha .</t>
   </si>
   <si>
     <t>3654</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3654/pp_pavs.odt</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3654/pp_pavs.odt</t>
   </si>
   <si>
     <t>pedido de providencia colocacao de Pavs no final da rua presalino espindola no bairro guara</t>
   </si>
   <si>
     <t>3752</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3752/pedido_providencia_179.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3752/pedido_providencia_179.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal através da secretaria competente providencie a substituição dos refletores que estão queimados na cancha de futebol de areia no Bairro Figueirinha.</t>
   </si>
   <si>
     <t>3781</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3781/p.p_180.2022_-_placas_indicativas_nomeacao_logradouros.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3781/p.p_180.2022_-_placas_indicativas_nomeacao_logradouros.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, providencie através do órgão competente, a colocação de placas indicativas nos lugares públicos nomeados.</t>
   </si>
   <si>
     <t>3671</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3671/colocacao_placas_indicativa_bairro_figueirinha.odt</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3671/colocacao_placas_indicativa_bairro_figueirinha.odt</t>
   </si>
   <si>
     <t>Colocação Placas Indicativas no nome das ruas no bairro Figueirinha.</t>
   </si>
   <si>
     <t>3661</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3661/corte_do_mato_alto_na_beira_da_estrada_do_mar_..odt</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3661/corte_do_mato_alto_na_beira_da_estrada_do_mar_..odt</t>
   </si>
   <si>
     <t>Corte Mato Alto na estrada do mar ,em toda extensão bairro Figueirinha.</t>
   </si>
   <si>
     <t>3672</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3672/corte_grama_pracinhas_figueirinha..odt</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3672/corte_grama_pracinhas_figueirinha..odt</t>
   </si>
   <si>
     <t>Corte de Grama das Pracinhas no bairro Figueirinha.</t>
   </si>
   <si>
     <t>3662</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3662/retirada_entulho_resto_pracinha_arpoador_rua_luiz_comunelli.odt</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3662/retirada_entulho_resto_pracinha_arpoador_rua_luiz_comunelli.odt</t>
   </si>
   <si>
     <t>Retirada Entulhos da pracinha no bairro Arpoador.</t>
   </si>
   <si>
     <t>3663</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3663/tapa_buraco_atlantida.odt</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3663/tapa_buraco_atlantida.odt</t>
   </si>
   <si>
     <t>Tapa Buraco ruas de Atlântida.</t>
   </si>
   <si>
     <t>3754</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3754/pedido_providencia_186.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3754/pedido_providencia_186.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal através da secretaria competente providencie a melhoria da travessia na Avenida Paraguassú em frente a Avenida B(Bairro Marina), pois foi feito o Pavs em toda a Avenida B, entretanto para fazer a travessia da Paraguassú é necessário a melhoria com o asfalto facilitando o acesso a essa importante Avenida.</t>
   </si>
   <si>
     <t>3831</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3831/pp_1872022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3831/pp_1872022.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente,_x000D_
 providencie a limpeza do acesso à beira da Lagoa dos Quadros no bairroo_x000D_
 Guará.</t>
   </si>
   <si>
     <t>3833</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3833/pp_1882022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3833/pp_1882022.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente providencie o desligamento da rede de luz ,retirada do Relógio e do poste na_x000D_
 Praça da lgreja Católica do Bairro Guará.</t>
   </si>
   <si>
     <t>3665</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3665/pedido_de_providencia_189.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3665/pedido_de_providencia_189.pdf</t>
   </si>
   <si>
     <t>pedido de providencia limpeza e capina no bairro guara</t>
   </si>
   <si>
     <t>3666</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3666/pedido_de_providencia_190.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3666/pedido_de_providencia_190.pdf</t>
   </si>
   <si>
     <t>pedido de providencia instalaçao e manutencao de lixeiras nas paradas de onibus e canteiros da paraguassu</t>
   </si>
   <si>
     <t>3664</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3664/pp_191_arpoador_ceee.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3664/pp_191_arpoador_ceee.pdf</t>
   </si>
   <si>
     <t>Que o executivo notifique a Empresa de Energia Elétrica (CEEE),sobre a constante falta de luz no Bairro Arpoador.</t>
   </si>
   <si>
     <t>3756</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3756/pedido_de_providencia_192.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3756/pedido_de_providencia_192.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal através da secretaria competente providencie a instalação de um Quebra-Mola na Avenida Paraguassú próximo a Avenida B(Bairro Mariana).</t>
   </si>
   <si>
     <t>3748</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3748/pedido_de_providencia_193.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3748/pedido_de_providencia_193.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal através da secretaria competente providencie a colocação de Pavs na rua dos Lirios no trecho entre AV. Norte com AV. Central no Bairro Noiva do Mar.</t>
   </si>
   <si>
     <t>3782</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3782/p.p_194.2022_-_quebra_molas_rio_novo_e_24hrs.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3782/p.p_194.2022_-_quebra_molas_rio_novo_e_24hrs.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, providencie_x000D_
 através do órgão competente, a colocação/construção de quebra-molas_x000D_
 na Rua Rio Novo nas proximidades do número 827 e na Rua Rio_x000D_
 Camisas em frente ao pronto atendimento 24hrs.</t>
   </si>
   <si>
     <t>3673</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3673/pp_pracinha_nos_pinheiros..odt</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3673/pp_pracinha_nos_pinheiros..odt</t>
   </si>
   <si>
     <t>A instalação de uma pracinha infantil ,onde já existe um espaço para a mesma,( final da Falcão Azul, nos Pinheiros no Bairro Figueirinha).</t>
   </si>
   <si>
     <t>3670</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3670/pp_parada_escolar_arpoador_cobertura_maior_.odt</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3670/pp_parada_escolar_arpoador_cobertura_maior_.odt</t>
   </si>
   <si>
     <t>A instalação de uma COBERTURA maior na parada de ônibus escolar no Bairro Arpoador.</t>
   </si>
   <si>
     <t>3667</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3667/bracos_nos_postes_aguia_real_figueirinha..odt</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3667/bracos_nos_postes_aguia_real_figueirinha..odt</t>
   </si>
   <si>
     <t>A troca dos braços de luz nos postes ,em toda extensão da rua Águia Real ,entre os números 212 e 307,no Bairro Figueirinha.</t>
   </si>
   <si>
     <t>3753</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3753/pedido_de_providencia_199.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3753/pedido_de_providencia_199.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal através da secretaria competente providencie a colocação dos banheiros químicos na praia até a abertura do verão.</t>
   </si>
   <si>
     <t>3747</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3747/pedido_providencia_200.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3747/pedido_providencia_200.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal através da secretaria competente providencie a identificação com números os veículos utilizados pelo Município.</t>
   </si>
   <si>
     <t>3678</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3678/limpeza_lixo_rua_o.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3678/limpeza_lixo_rua_o.pdf</t>
   </si>
   <si>
     <t>Retirada de Lixo e Entulho na Rua O ,Bairro Arpoador.</t>
   </si>
   <si>
     <t>3677</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3677/limpeza_valo_figueirinha.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3677/limpeza_valo_figueirinha.pdf</t>
   </si>
   <si>
     <t>Limpeza Valo Bairro Figueirinha.</t>
   </si>
   <si>
     <t>3679</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3679/corte_do_mato_alto_na_beira_da_estrada_do_mar_..pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3679/corte_do_mato_alto_na_beira_da_estrada_do_mar_..pdf</t>
   </si>
   <si>
     <t>Corte Mato Alto na beira da Estrada do Mar ,em toda extensão do Bairro Figueirinha.</t>
   </si>
   <si>
     <t>3676</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3676/pedido_de_providencia_204.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3676/pedido_de_providencia_204.pdf</t>
   </si>
   <si>
     <t>pedido de providencia recapeamento do asfalto da avenida paraguassu do mercado assun ate las dunas no balneário noiva do mar</t>
   </si>
   <si>
     <t>3757</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3757/pedido_providencia_205.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3757/pedido_providencia_205.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal através da secretaria competente providencie a substituição dos equipamentos da academia ao ar livre na praça central no Bairro Figueirinha.</t>
   </si>
   <si>
     <t>3759</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3759/pedido_providencia_206.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3759/pedido_providencia_206.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal através da secretaria competente providencie a instalação de 2 quebra-Molas na RS407 próximo ao número 4476.</t>
   </si>
   <si>
     <t>3755</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3755/pedido_providencia_207.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3755/pedido_providencia_207.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal através da secretaria competente providencie melhorias na iluminação e na sinalização na Rodovia RS-407 em frente ao Mercado Doce Ponto no Bairro Guará.</t>
   </si>
   <si>
     <t>3688</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3688/pp.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3688/pp.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal providencie junto aos órgãos competentes, o término do Pavimento na Rua Falcão Azul .</t>
   </si>
   <si>
     <t>3758</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3758/pedido_de_providencia_209.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3758/pedido_de_providencia_209.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal através da secretaria competente faça uma analise com vista à execução de uma calçada no parque Uira em Atlântida, entre à rua Araponga até a Av. Paraguassú.</t>
   </si>
   <si>
     <t>3700</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3700/iluminacao_campo_marina_maristela.odt</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3700/iluminacao_campo_marina_maristela.odt</t>
   </si>
   <si>
     <t>A instalação de postes e rede de iluminação no campo da Marina/Maristela e que seja providenciado grade nas goleiras .</t>
   </si>
   <si>
     <t>3699</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3699/pedido_de_providencia_211.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3699/pedido_de_providencia_211.pdf</t>
   </si>
   <si>
     <t>pedido de providencia notificar o proprietario para limpeza e manutençao do terreno situado na rua opala 1202 no balneario rainha do mar</t>
   </si>
   <si>
     <t>3783</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3783/p.p_212.2022_-_funcionamento_ecoponto_final_de_semana_e_feriado.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3783/p.p_212.2022_-_funcionamento_ecoponto_final_de_semana_e_feriado.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, providencie através do órgão competente, o funcionamento do Ecoponto aos domingos e feriados para o recebimento de materiais.</t>
   </si>
   <si>
     <t>3785</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3785/p.p_213.2022_-_cobertura_maquinario_ecoponto.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3785/p.p_213.2022_-_cobertura_maquinario_ecoponto.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, providencie através do órgão competente, coloque a devida cobertura na máquina trituradora de materiais/galhos existente no Ecoponto.</t>
   </si>
   <si>
     <t>3787</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3787/p.p_214.2022_-_doacao_de_sangue.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3787/p.p_214.2022_-_doacao_de_sangue.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, providencie através do órgão competente, o cumprimento da Lei 2312/2021 que institui o “Dia Municipal do Doador Voluntário de Sangue”, a ser comemorado, anualmente, no dia 25 de novembro, e designada a “Semana Municipal de Incentivo à Doação de Sangue”, a ser realizada no período compreendido entre 18 a 25 de novembro.</t>
   </si>
   <si>
     <t>3822</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3822/recolocacao_dos_redutores_de_velocidade_atlantida_215.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3822/recolocacao_dos_redutores_de_velocidade_atlantida_215.pdf</t>
   </si>
   <si>
     <t>Recolocação dos Redutores de Velocidade na Av Central de Atlântida.</t>
   </si>
   <si>
     <t>3789</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3789/p.p_216.2022_-_quebra_molas_rs.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3789/p.p_216.2022_-_quebra_molas_rs.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, providencie através do órgão competente, a colocação/construção de quebra-molas na RS 407 nas proximidades da Escola de Educação Infantil Lobinho Guará.</t>
   </si>
   <si>
     <t>3790</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3790/p.p_217.2022_-_meio-fio_rua_rio_camisas.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3790/p.p_217.2022_-_meio-fio_rua_rio_camisas.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, providencie através do órgão competente, a sinalização e pintura do meio-fio, advertindo a proibição de estacionar em um dos lados na Rua Rio Camisas no bairro Centro, no trecho compreendido da Travessa Rio Branco à Rua Rio Guarita.</t>
   </si>
   <si>
     <t>3784</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3784/p.p_218.2022_-_buraco_rio_camisas.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3784/p.p_218.2022_-_buraco_rio_camisas.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, notifique a Corsan a efetuar o reparo no pavimento em frente ao nº1483 da Rio Camisas.</t>
   </si>
   <si>
     <t>3718</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3718/pp_219.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3718/pp_219.pdf</t>
   </si>
   <si>
     <t>Para que seja Instalada uma  Pracinha Infantil nos Pinheiros ,reitero pedido 195/2022.</t>
   </si>
   <si>
     <t>3825</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3825/220_pp_pracinha_fundos_figueirinha.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3825/220_pp_pracinha_fundos_figueirinha.pdf</t>
   </si>
   <si>
     <t>Colocação da Pracinha na Praça dos Fundos no Bairro Figueirinha.</t>
   </si>
   <si>
     <t>3788</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3788/p.p_222.2022_-_praca_antonio_casaccia.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3788/p.p_222.2022_-_praca_antonio_casaccia.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, providencie através do órgão competente, a manutenção com os devidos reparos no playground da praça Antônio Casaccia em Atlântida.</t>
   </si>
   <si>
     <t>3791</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3791/p.p_223.2022_-_aparelhos_ginastica.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3791/p.p_223.2022_-_aparelhos_ginastica.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, providencie através do órgão competente, a manutenção com os devidos reparos ou a substituição dos aparelhos de ginásticas distribuídos pelo município.</t>
   </si>
   <si>
     <t>3801</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3801/p.p_224.2022_-_limpeza_passarelas_beira_mar.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3801/p.p_224.2022_-_limpeza_passarelas_beira_mar.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie a limpeza e recuperação da passarela de acesso à praia junto ao restaurante 20 Barra 9 da beira-mar em Atlântida.</t>
   </si>
   <si>
     <t>3737</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3737/poda_mato_alto_estrada_do_mar.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3737/poda_mato_alto_estrada_do_mar.pdf</t>
   </si>
   <si>
     <t>Limpeza e Poda do Mato Alto em toda extensão da estrada do mar no Bairro Figueirinha.</t>
   </si>
   <si>
     <t>3742</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3742/caminhao_retirada_de_entulho_bairro_figueirinha.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3742/caminhao_retirada_de_entulho_bairro_figueirinha.pdf</t>
   </si>
   <si>
     <t>Para que o caminhão passe regularmente no Bairro Figueirinha para a retirada dos entulhos.</t>
   </si>
   <si>
     <t>3733</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3733/limpeza_e_corte_grama_praca_dos_fundos_bairro_figueirinha.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3733/limpeza_e_corte_grama_praca_dos_fundos_bairro_figueirinha.pdf</t>
   </si>
   <si>
     <t>Limpeza e Corte de grama praça dos fundos no bairro Figueirinha.</t>
   </si>
   <si>
     <t>3735</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3735/revisao_lampadas_bairro_fig.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3735/revisao_lampadas_bairro_fig.pdf</t>
   </si>
   <si>
     <t>Revisão Lâmpadas Bairro Figueirinha</t>
   </si>
   <si>
     <t>3736</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3736/colocacao_de_rede_de_iluminacao_na_frente_emei_fig.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3736/colocacao_de_rede_de_iluminacao_na_frente_emei_fig.pdf</t>
   </si>
   <si>
     <t>Rede Iluminação em Frente E.M.E.I Figueirinha</t>
   </si>
   <si>
     <t>3829</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3829/pp_2312022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3829/pp_2312022.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie o_x000D_
 corte de grama e limpeza da área de passeio na Av. Central de Atlântida em toda a sua_x000D_
 extensão.</t>
   </si>
   <si>
     <t>3832</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3832/pp_2322022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3832/pp_2322022.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie a_x000D_
 limpeza do passeio do Parcão Norte localizado em torno da Escola Nayde Emerim_x000D_
 Pereira.</t>
   </si>
   <si>
     <t>3839</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3839/pedido_de_providencia_quebra.odt</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3839/pedido_de_providencia_quebra.odt</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, faça a colocação de um quebra-molas, na Avenida Esmeralda, mais precisamente entre a Rua Topázio e a Avenida Interbalneários, em Rainha do Mar.</t>
   </si>
   <si>
     <t>3834</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3834/pp_234-2022.odt</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3834/pp_234-2022.odt</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal faça a pavimentação em PAV’S na Av. Turmalina em Rainha do Mar, em toda a sua extensão.</t>
   </si>
   <si>
     <t>3815</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3815/p.p_235.2022_-_cumprimento_codigo_de_posturas.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3815/p.p_235.2022_-_cumprimento_codigo_de_posturas.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, providencie através do órgão competente, o cumprimento do art. 88 do Código de Meio Ambiente e Posturas em que determina que veículos estacionados ou objetos depositados em passeios, vias ou logradouros por período de tempo superior a 15(quinze) dias serão automaticamente recolhidos, ficando sob a guarda do poder público municipal.</t>
   </si>
   <si>
     <t>3768</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3768/limpeza_rua_atras_do_casa_hermosa.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3768/limpeza_rua_atras_do_casa_hermosa.pdf</t>
   </si>
   <si>
     <t>Limpeza na Rua de Trás do Cond. Casa Hermosa</t>
   </si>
   <si>
     <t>3769</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3769/limpeza_alameda_rua_apucae.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3769/limpeza_alameda_rua_apucae.pdf</t>
   </si>
   <si>
     <t>Limpeza e Manutenção da Alameda na Rua Rio Apucaé.</t>
   </si>
   <si>
     <t>3786</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3786/p.p_219.2022_-_cobertura_patio_centro_administrativo.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3786/p.p_219.2022_-_cobertura_patio_centro_administrativo.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, providencie através do órgão competente, uma cobertura para os veículos que estão expostos as intempéries no pátio do Centro Administrativo.</t>
   </si>
   <si>
     <t>3824</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3824/pedido_providencia_242.odt</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3824/pedido_providencia_242.odt</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal através da secretaria de obras providencie a instalação de quebra-molas nas ruas que estão ou serão pavimentadas em pavs.</t>
   </si>
   <si>
     <t>3855</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2023/3855/pp137-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2023/3855/pp137-2022.pdf</t>
   </si>
   <si>
     <t>Para que o Executivo Municipal, através do órgão competente, providencie a instalação de placas de sinalização para a Avenida Paraguassú e Avenida Interbalneários em Rainha do Mar.</t>
   </si>
   <si>
     <t>3635</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3635/projeto_de_decreto_legislativo_2015_2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3635/projeto_de_decreto_legislativo_2015_2022.pdf</t>
   </si>
   <si>
     <t>“Apreciação das Contas de Governo Municipal, do exercício de 2015, para análise e julgamento, nos termos do art. 31 da Constituição Federal”.</t>
   </si>
   <si>
     <t>3636</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3636/projeto_de_decreto_legislativo_2016_2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3636/projeto_de_decreto_legislativo_2016_2022.pdf</t>
   </si>
   <si>
     <t>“Apreciação das Contas de Governo Municipal, do exercício de 2016, para análise e julgamento, nos termos do art. 31 da Constituição Federal”.</t>
   </si>
   <si>
     <t>3637</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3637/projeto_de_decreto_legislativo_2017_2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3637/projeto_de_decreto_legislativo_2017_2022.pdf</t>
   </si>
   <si>
     <t>“Apreciação das Contas de Governo Municipal, do exercício de 2017, para análise e julgamento, nos termos do art. 31 da Constituição Federal”.</t>
   </si>
   <si>
     <t>3638</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3638/projeto_de_decreto_legislativo_2018_2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3638/projeto_de_decreto_legislativo_2018_2022.pdf</t>
   </si>
   <si>
     <t>“Apreciação das Contas de Governo Municipal, do exercício de 2018, para análise e julgamento, nos termos do art. 31 da Constituição Federal”.</t>
   </si>
   <si>
     <t>3639</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3639/projeto_de_decreto_legislativo_2019_2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3639/projeto_de_decreto_legislativo_2019_2022.pdf</t>
   </si>
   <si>
     <t>“Apreciação das Contas de Governo Municipal, do exercício de 2019, para análise e julgamento, nos termos do art. 31 da Constituição Federal”.</t>
   </si>
   <si>
     <t>3530</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3530/proposta_emenda_lei_organica_001_2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3530/proposta_emenda_lei_organica_001_2022.pdf</t>
   </si>
   <si>
     <t>Altera a redação do caput e acrescenta parágrafo 8º no artigo 11, da Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>3324</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3324/001_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3324/001_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1006, de 19 de setembro de 2007, acrescendo número de vagas no quadro de cargos e funções do Município de Xangri-Lá e dá outras providências.</t>
   </si>
   <si>
     <t>3330</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3330/002_2022_proj_lei_mesa.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3330/002_2022_proj_lei_mesa.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Legislativo a prorrogar a contração temporária  de servidor para a Câmara Municipal de Xangri-Lá, previsto na Lei nº 2261/2021.</t>
   </si>
   <si>
     <t>3331</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3331/003_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3331/003_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>Altera o Quadro de Cargos em Comissão e Funções de Confiança da Câmara Municipal de Xangri-lá, previsto no art. 11 da lei nº 1.532, de 10 de abril de 2012, para aumentar o número de vagas do cargo de Assessor da Presidência e do cargo de Assessor Parlamentar, alterar suas respectivas atribuições, bem como para criar o cargo de Assessor de Comunicação.</t>
   </si>
   <si>
     <t>3329</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3329/004_2022_proj.de_lei.autoriza_desafetacao_matricula.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3329/004_2022_proj.de_lei.autoriza_desafetacao_matricula.pdf</t>
   </si>
   <si>
     <t>ESTABELECE A DESAFETAÇÃO DE BEM PÚBLICO, DECLARA DE USO DOMINICAL, AUTORIZA A ALIENAÇÃO E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3349</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3349/005_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3349/005_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar servidor temporariamente para a Secretaria de Saúde.</t>
   </si>
   <si>
     <t>3350</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3350/006_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3350/006_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>3351</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3351/007_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3351/007_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>Cria no âmbito da Administração Pública Municipal uma Função Gratificada para o servidor público designado para exercer a coordenação municipal do FGTAS/SINE – Sistema Nacional de Emprego - e dá outras providências.</t>
   </si>
   <si>
     <t>3352</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3352/008.proj.de_lei._.altera_1715-2014_-_ajuda_de_custo_medicos.proc._digital_19403-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3352/008.proj.de_lei._.altera_1715-2014_-_ajuda_de_custo_medicos.proc._digital_19403-2022.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 1715, de 15 de outubro de 2014, que Concede ajuda de custo aos médicos do Município de Xangri-Lá e dá outras providências.</t>
   </si>
   <si>
     <t>3353</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3353/009-2022_.altera_1771-2015_-_analista_previdenciario.proc._digital_17125-2021.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3353/009-2022_.altera_1771-2015_-_analista_previdenciario.proc._digital_17125-2021.pdf</t>
   </si>
   <si>
     <t>ALTERA A  LEI MUNICIPAL Nº 1.771, DE 08/07/2015 QUE DISPÕES SOBRE O PLANO DE CARGOS DOS SERVIDORES DO INSTITUTO DE PREVIDÊNCIA DO MUNICÍPIO DE XANGRI-LÁ/PREV-XANGRI-LÁ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3354</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3354/010_projeto_de_lei_-_criacao_procuradoria_geral_do_municipio_-_versao_final_21-1-22_2.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3354/010_projeto_de_lei_-_criacao_procuradoria_geral_do_municipio_-_versao_final_21-1-22_2.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Procuradoria Geral do Município, seu regime jurídico e dá outras providências.</t>
   </si>
   <si>
     <t>3355</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/</t>
   </si>
   <si>
     <t>Estabelece o índice para a concessão da revisão geral anual aos Servidores Municipais, agentes políticos, ativos, inativos e pensionistas.</t>
   </si>
   <si>
     <t>3356</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3356/012._projeto_de_lei_-_altera_1373_-_vale_alimentacao.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3356/012._projeto_de_lei_-_altera_1373_-_vale_alimentacao.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 1373, de 09 de novembro de 2010 “Dispõe sobre a concessão de Vale Alimentação aos servidores municipais e dá outras providências”.</t>
   </si>
   <si>
     <t>3357</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3357/013.proj.de_lei._.altera_anexo_v_-_a_-_planejamento_da_despesa_com_pessoal.proc._digital.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3357/013.proj.de_lei._.altera_anexo_v_-_a_-_planejamento_da_despesa_com_pessoal.proc._digital.pdf</t>
   </si>
   <si>
     <t>Altera o anexo V – a – Planejamento da Despesa com Pessoal, na Lei nº 2273, de 24 de agosto de 2021 (LDO).</t>
   </si>
   <si>
     <t>3358</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3358/014._projeto_de_lei_-_altera_a_lei_1.006-2007_-_quadro_de_cargos_-_versao_final_21-01-22_-.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3358/014._projeto_de_lei_-_altera_a_lei_1.006-2007_-_quadro_de_cargos_-_versao_final_21-01-22_-.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 1006, de 19 de setembro de 2007, consolida a legislação e dá outras providências.</t>
   </si>
   <si>
     <t>3359</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3359/015_projeto_de_lei_-_lei_de_estrutura_consolidada_-_revoga_lei_537_versao_final_21-01-22_v._3.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3359/015_projeto_de_lei_-_lei_de_estrutura_consolidada_-_revoga_lei_537_versao_final_21-01-22_v._3.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ESTRUTURA ADMINISTRATIVA BÁSICA DOS SERVIÇOS MUNICIPAIS, CONSOLIDA A LEGISLAÇÃO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3366</t>
   </si>
   <si>
     <t>Executivo Municipal, Mesa Diretora</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3366/016_2022_vale_alimentacao.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3366/016_2022_vale_alimentacao.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO A DISPOSITIVOS DA LEI 1.405/2011 QUE DISPÕE SOBRE A CONCESSÃO DE VALE ALIMENTAÇÃO AOS SERVIDORES DO PODER LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3367</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3367/17.2022_proj.de_lei_.sec._planejamento.desafetacao_area_para_pavimentar_.proc._digital_18086-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3367/17.2022_proj.de_lei_.sec._planejamento.desafetacao_area_para_pavimentar_.proc._digital_18086-2022.pdf</t>
   </si>
   <si>
     <t>Estabelece a desafetação de bem público, Declara de uso dominical, Autoriza a  alienação, autoriza a permuta e dá outras providências.</t>
   </si>
   <si>
     <t>3368</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3368/018_2022_proj.lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3368/018_2022_proj.lei.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 1006, de 19 de setembro de 2007 e dá outras providências.</t>
   </si>
   <si>
     <t>3369</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3369/019.2022_proj.de_lei_.contratacao_temporaria_smec._supervisor.proc._digital_20399-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3369/019.2022_proj.de_lei_.contratacao_temporaria_smec._supervisor.proc._digital_20399-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar servidores temporariamente na Secretaria de Educação e Cultura.</t>
   </si>
   <si>
     <t>3370</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3370/020.2022.proj.de_lei._contratacao_temporaria_-procurador._processo_digita.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3370/020.2022.proj.de_lei._contratacao_temporaria_-procurador._processo_digita.pdf</t>
   </si>
   <si>
     <t>Autoriza a Autarquia Municipal – PREV-XANGRI-LÁ a contratar temporariamente Procurador.</t>
   </si>
   <si>
     <t>3371</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3371/021_2022_pro_lei_vale_pecun.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3371/021_2022_pro_lei_vale_pecun.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. 3º DA LEI 1.405/2011, FIXANDO O VALOR EM PECÚNIA DO VALE ALIMENTAÇÃO AOS SERVIDORES DO PODER LEGISLATIVO MUNICIPAL DE XANGRI-LÁ.</t>
   </si>
   <si>
     <t>3379</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3379/022.2022_proj.de_lei.altera_a_lei_129_2022_._altera_art_1_.proc._digital_3777-2021.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3379/022.2022_proj.de_lei.altera_a_lei_129_2022_._altera_art_1_.proc._digital_3777-2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a correção do erro material constante no art. 1º  da Lei Municipal nº 129, de 27 de dezembro de 2021.</t>
   </si>
   <si>
     <t>3380</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3380/024_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3380/024_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar servidores temporariamente para a Secretaria de Educação e Cultura.</t>
   </si>
   <si>
     <t>3381</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar servidor temporariamente.</t>
   </si>
   <si>
     <t>3382</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3382/027_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3382/027_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>3383</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3383/028_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3383/028_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>“Renomeia a como Av. ELMAR RICARDO WAGNER, o logradouro Público localizado no centro Município de Xangri-Lá e dá outras providências.”</t>
   </si>
   <si>
     <t>3384</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3384/029_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3384/029_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei nº 40-1993, de 01 de junho de 1993 que, “Declara o Tombamento dos nomes das ruas e praças do Município” e dá outras providências.</t>
   </si>
   <si>
     <t>3385</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3385/030_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3385/030_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>ALTERA ART. 1º DA LEI 2329, DE 21 DE NOVEMBRO DE 2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3387</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3387/031.2022._contratacao_temporaria_smec.proc._digital_22710-2022.professor_de_series_inicias.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3387/031.2022._contratacao_temporaria_smec.proc._digital_22710-2022.professor_de_series_inicias.pdf</t>
   </si>
   <si>
     <t>3388</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3388/032_2022.proj.de_lei._revoga_lei_2357-2022.proc._digital_21745-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3388/032_2022.proj.de_lei._revoga_lei_2357-2022.proc._digital_21745-2022.pdf</t>
   </si>
   <si>
     <t>“Revogar a Lei nº 2357 de 21 de fevereiro de 2022 e dá outras providências.”</t>
   </si>
   <si>
     <t>3389</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3389/033.2022.proj.de_lei._revoga_lei_2217_e_2238-2021.proc._digital_22698-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3389/033.2022.proj.de_lei._revoga_lei_2217_e_2238-2021.proc._digital_22698-2022.pdf</t>
   </si>
   <si>
     <t>“Revoga as Leis nº 2217, de 14 de abril de 2021 e 2238, de 07 de junho setembro de 2021 e dá outras providências.”</t>
   </si>
   <si>
     <t>3390</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3390/034.2022.projet._de_lei_altera_1006_acresce_vagas_para_cuidador_processo_21745-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3390/034.2022.projet._de_lei_altera_1006_acresce_vagas_para_cuidador_processo_21745-2022.pdf</t>
   </si>
   <si>
     <t>3391</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3391/035.2022_proj.de_lei.altera_art_21_23.proc._digital_22528-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3391/035.2022_proj.de_lei.altera_art_21_23.proc._digital_22528-2022.pdf</t>
   </si>
   <si>
     <t>“ Altera os Dispositivos da lei Complementar nº 68/2014, modificando de alíquotas de contribuição suplementar previdenciária para aportes mensais com valores preestabelecidos ao Regime Próprio de Previdência Social dos Servidores do Município de Xangri-Lá, dispõe sobre o plano de amortização do déficit técnico atuarial e dá outras providências.”</t>
   </si>
   <si>
     <t>3392</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3392/036_2022.proj.de_lei.altera_a_lei_1006-2007.acresce_numero_de_vagas_de_auxiliares_processo_22857-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3392/036_2022.proj.de_lei.altera_a_lei_1006-2007.acresce_numero_de_vagas_de_auxiliares_processo_22857-2022.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1006, de 19 de setembro de 2007, acrescendo número de vagas no quadro de cargos e funções do Município de Xangri-Lá e dá outras providência</t>
   </si>
   <si>
     <t>3393</t>
   </si>
   <si>
     <t>Altera os arts. 3º, 5º e 6º da Lei 2351 de 07 de fevereiro de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>3395</t>
   </si>
   <si>
     <t>“Altera dispositivos da Lei nº 2193, de 04 de janeiro de 2021 que “Autoriza o Poder Executivo a contratar servidores temporariamente para a Secretaria de Saúde”</t>
   </si>
   <si>
     <t>3396</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3396/039.2022_projeto_de_lei-_altera_lei_907-2006_consignado_35_processo_18143-2022_4.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3396/039.2022_projeto_de_lei-_altera_lei_907-2006_consignado_35_processo_18143-2022_4.pdf</t>
   </si>
   <si>
     <t>“Altera dispositivos da Lei Municipal nº 907, de 29 de novembro de 2006, que dispõe sobre as consignações em folha de pagamento dos servidores públicos ativos da administração direta do Município de Xangri-Lá”</t>
   </si>
   <si>
     <t>3397</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3397/040.2022_projet._de_lei_altera_1006_acresce_vagas_para_psicologo_processo_24726-2022_1.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3397/040.2022_projet._de_lei_altera_1006_acresce_vagas_para_psicologo_processo_24726-2022_1.pdf</t>
   </si>
   <si>
     <t>3398</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3398/041.2022minuta_projeto_de_lei_-2022_-_supl._secretarias_r_9.487.81465_proc._20826-2022_3.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3398/041.2022minuta_projeto_de_lei_-2022_-_supl._secretarias_r_9.487.81465_proc._20826-2022_3.pdf</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito adicional especial e dá outras providências no valor de R$ 9.487.814,65 (nove milhões quatrocentos e oitenta e sete mil, oitocentos e quatorze reais e sessenta e cinco centavos), nas seguintes Secretarias.</t>
   </si>
   <si>
     <t>3419</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3419/042_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3419/042_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo conceder subvenção social ao Lions Club de Xangri-Lá.</t>
   </si>
   <si>
     <t>3420</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3420/043_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3420/043_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito adicional especial e dá outras providências.</t>
   </si>
   <si>
     <t>3421</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3421/044_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3421/044_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>Altera o anexo do Programa 28 – Prospera Xangri-Lá da Lei nº 2273, de 24 de agosto de 2021 (LDO).</t>
   </si>
   <si>
     <t>3422</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3422/045_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3422/045_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>Altera o anexo do Programa 28 – Prospera Xangri-Lá da Lei nº 2272, de 24 de agosto de 2021 (PPA).</t>
   </si>
   <si>
     <t>3423</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3423/046_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3423/046_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo conceder subvenção social à Associação Coral Vozes de Xangri-Lá.</t>
   </si>
   <si>
     <t>3425</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3425/047_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3425/047_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir crédito adicional especial no valor de R$160.000,00 (cento e sessenta mil reais), na Câmara Municipal de Xangri-Lá.</t>
   </si>
   <si>
     <t>3427</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3427/048_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3427/048_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>Altera os Dispositivos da lei Complementar nº 129/2021, que Institui o Regime de Previdência Complementar para os servidores públicos titulares de cargo efetivo do Município de Xangri-Lá (RPC/XANGRI-LÁ), fixa o limite máximo para a concessão de aposentadorias e pensões pelo Regime Próprio de Previdência Social do Município, autoriza o Município de Xangri-Lá a aderir a plano de benefícios de entidade fechada de previdência complementar e dá outras providências.</t>
   </si>
   <si>
     <t>3428</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3428/049_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3428/049_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>3430</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3430/050_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3430/050_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>3434</t>
   </si>
   <si>
     <t>Dispõe sobre a redução gradativa e limites para o uso de copos e recipientes descartáveis, produzidos a partir de derivados de petróleo, destinados ao consumo de bebidas e alimentos no âmbito da administração pública municipal e dá outras providências.</t>
   </si>
   <si>
     <t>3441</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3441/052_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3441/052_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a adquirir área que descreve e dá outras providências.</t>
   </si>
   <si>
     <t>3442</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3442/053_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3442/053_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 1850, de 29 de fevereiro de 2016, que Estabelece critérios para concessão de diárias para Prefeito Municipal, Vice-Prefeito, Secretários Municipais, Servidores do Poder Executivo Municipal e membros de Conselhos Municipais, e dá outras providências.</t>
   </si>
   <si>
     <t>3443</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3443/054_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3443/054_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 907, de 29 de novembro de 2006 e dá outras providências.</t>
   </si>
   <si>
     <t>3468</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3468/055_2022_proj_lei_serginho.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3468/055_2022_proj_lei_serginho.pdf</t>
   </si>
   <si>
     <t>Institui o “Dia Municipal do Corretor de Imóveis” no calendário oficial do Município de Xangri-lá.</t>
   </si>
   <si>
     <t>3469</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3469/056_2022_proj_lei_vivia.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3469/056_2022_proj_lei_vivia.pdf</t>
   </si>
   <si>
     <t>INSTITUI A SEMANA MUNICIPAL DO LEGISLATIVO NAS ESCOLAS, OBJETIVANDO FORNECER INFORMAÇÕES DE FUNCIONALIDADE E ATRIBUIÇÕES DO PODER LEGISLATIVO DO MUNICÍPIO DE XANGRI-LÁ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3470</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3470/057_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3470/057_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento de jetons pela participação em órgãos de deliberação colegiada da autarquia e dá outras providências.</t>
   </si>
   <si>
     <t>3471</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3471/058_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3471/058_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>Inclui Item 11.05 no § 1º do Art. 43 e altera Inciso IV do Art. 47 da Lei Complementar 006/2004 e dá outras providências.</t>
   </si>
   <si>
     <t>3472</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3472/059_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3472/059_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>3473</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3473/060_2022_proj_lei_jorge.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3473/060_2022_proj_lei_jorge.pdf</t>
   </si>
   <si>
     <t>Institui o programa “Identifique nossas ruas” no município de Xangri-Lá e dá outras providências.</t>
   </si>
   <si>
     <t>3474</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3474/061_2022_proj_lei_jorge.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3474/061_2022_proj_lei_jorge.pdf</t>
   </si>
   <si>
     <t>Nomeia a Rua “Vereador Manoel André Sant’Helena”, o logradouro Público localizado no Município de Xangri-Lá.</t>
   </si>
   <si>
     <t>3475</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3475/062_2022_proj_lei_duda.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3475/062_2022_proj_lei_duda.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 06, caput, parágrafos 1º e 2º; da Lei Complementar 51 29 de Dezembro 2009, e alterações posteriores – ITBI – e estabelece que a base de cálculo do imposto deve considerar o valor declarado pelo contribuinte (sujeito passivo), bem como estipula a instauração de procedimento próprio para o arbitramento da base de cálculo pelo Agente Fiscal da Receita Municipal, passando a constar a seguinte redação;</t>
   </si>
   <si>
     <t>3476</t>
   </si>
   <si>
     <t>Dispõe sobre a regularização das construções no Município de Xangri-Lá, nos casos em que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>3477</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3477/064_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3477/064_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>Altera alínea c do inciso I do art. 6º da Lei 1213 de 31 de março de 2009 que dispõe sobre o estágio de estudantes em órgãos da Administração Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>3478</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3478/065_2022_proj_lei_vivia.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3478/065_2022_proj_lei_vivia.pdf</t>
   </si>
   <si>
     <t>Nomeia as Ruas “SABIÁ, BEM-TE-VI, CALOPSITA, TUCANO , CARDEAL, CANÁRIO BELGA, JOÃO DE BARRO, PAVÃO, PAPAGAIO e CISNE BRANCO”, os logradouros Público localizado no Bairro Figueirinha, Município de Xangri-Lá/RS.</t>
   </si>
   <si>
     <t>3513</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3513/066_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3513/066_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>Inclui dispositivo da Lei nº 698, de 18 de abril de 2005, que Institui o Calendário de Eventos Oficiais do Município de Xangri-Lá, e dá outras providências.</t>
   </si>
   <si>
     <t>3514</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 2251, de 13 de julho de 2021, que Criou o Conselho Municipal dos Direitos da Mulher- CMDM- e dá outras providências.</t>
   </si>
   <si>
     <t>3539</t>
   </si>
   <si>
     <t>Inclui dispositivo na Lei nº 1373, de 09 de novembro de 2010, que Dispõe sobre a concessão de Vale Alimentação aos servidores municipais e dá outras providências.</t>
   </si>
   <si>
     <t>3540</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3540/069.2022__nomeacao_sala_de_comissoes.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3540/069.2022__nomeacao_sala_de_comissoes.pdf</t>
   </si>
   <si>
     <t>Nomeia a Sala de Comissões da Câmara Municipal de Xangri-Lá de “Sala de Comissões Vereador Manoel André Sant’Helena”.</t>
   </si>
   <si>
     <t>3542</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3542/070.2022_proj.de_lei._.abre_orcamento_finisa.proc._digita.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3542/070.2022_proj.de_lei._.abre_orcamento_finisa.proc._digita.pdf</t>
   </si>
   <si>
     <t>3543</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3543/071_2022_proj_lei_jorge.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3543/071_2022_proj_lei_jorge.pdf</t>
   </si>
   <si>
     <t>Cria o Curso preparatório Pré-Vestibular e Pré-Enem gratuito, no município de Xangri-Lá</t>
   </si>
   <si>
     <t>3544</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3544/072_2022_proj_lei_cleomar.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3544/072_2022_proj_lei_cleomar.pdf</t>
   </si>
   <si>
     <t>Nomeia a Travessa “Safira”, logradouro público localizado no bairro de Rainha do Mar no Município de Xangri-Lá.</t>
   </si>
   <si>
     <t>3545</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3545/073_2022_proj_lei_vivia.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3545/073_2022_proj_lei_vivia.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO ÂMBITO DO MUNICÍPIO DE XANGRI-LÁ, A OBRIGATORIEDADE DE DIVULGAÇÃO DA LISTAGEM DE MEDICAMENTOS DISPONÍVEIS E EM FALTA NA REDE PÚBLICA MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>3546</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3546/074_2022_proj_lei_jorge.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3546/074_2022_proj_lei_jorge.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade das empresas e das concessionárias que fornecem energia elétrica, telefonia fixa, banda larga, televisão a cabo ou outro serviço, por meio de rede aérea, a realizar verificações periódicas e retirar de postes a fiação excedente e sem uso que tenham instalado.</t>
   </si>
   <si>
     <t>3564</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1006, de 19 de setembro de 2007, acrescendo número de vaga no quadro de cargos e funções do Município de Xangri-Lá e dá outras providências.</t>
   </si>
   <si>
     <t>3565</t>
   </si>
   <si>
     <t>Altera o Anexo XII da Lei nº 1006, de 19 de setembro de 2007, que dispõe sobre o quadro de cargos e funções públicas do Município de Xangri-Lá.</t>
   </si>
   <si>
     <t>3566</t>
   </si>
   <si>
     <t>“Cria Fundo Municipal de Proteção e Defesa Animal no Município de Xangri-Lá e dá outras providências”.</t>
   </si>
   <si>
     <t>3567</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ART. PRIMEIRO E PARÁGRAFO ÚNICO DA LEI 2.244 DE 28 DE JUNHO DE 2021”</t>
   </si>
   <si>
     <t>3568</t>
   </si>
   <si>
     <t>“Altera artigos da Lei 2009 de 12 de junho de 2018 e dá outras providências.”</t>
   </si>
   <si>
     <t>3569</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3569/080.2022_proj.de_lei.bombeiros.proc._digital_32778-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3569/080.2022_proj.de_lei.bombeiros.proc._digital_32778-2022.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação do serviço civil e auxiliar de combate ao fogo, de prevenção de incêndios e de atividades de defesa civil no município de Xangri-Lá de acordo com o Art. 128, II da Constituição do Estado do Rio Grande do Sul.”</t>
   </si>
   <si>
     <t>3570</t>
   </si>
   <si>
     <t>“Dispõe sobre a Organização do Sistema Municipal de Defesa do Consumidor –  SMDC – institui a Coordenadoria Municipal de Proteção e Defesa do Consumidor – PROCON, o Conselho Municipal de Proteção e Defesa do Consumidor – COMDECON, e institui o Fundo Municipal de Proteção e Defesa do Consumidor – FMPDC, e dá outras providências.”</t>
   </si>
   <si>
     <t>3571</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3571/082.2022_proj.de_lei_.contratacao_temporaria_smec.proc._digital_34058-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3571/082.2022_proj.de_lei_.contratacao_temporaria_smec.proc._digital_34058-2022.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a contratar servidor temporariamente na Secretaria de Educação e Cultura.”</t>
   </si>
   <si>
     <t>3572</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3572/083.2022_proj.de_lei_.contratacao_temporaria_meio_ambiente.medico_veterinario.proc._digital_27326-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3572/083.2022_proj.de_lei_.contratacao_temporaria_meio_ambiente.medico_veterinario.proc._digital_27326-2022.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a contratar Médico Veterinário (20 horas) na Secretaria de Meio Ambiente, Agricultura e Habitação.”</t>
   </si>
   <si>
     <t>3578</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3578/084_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3578/084_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>“Inclui inciso VI no artigo 50º da Lei 1997 de 23 de maio de 2018 e dá outras providências.”</t>
   </si>
   <si>
     <t>3579</t>
   </si>
   <si>
     <t>ALTERA ART. 1º DA LEI 2285, DE 06 DE OUTUBRO DE 2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3580</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3580/086_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3580/086_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo conceder subvenção social ao Conselho de Segurança para a Comunidade de Xangri-Lá - CONSEG.”</t>
   </si>
   <si>
     <t>3581</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3581/087_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3581/087_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>Veda a Nomeação pela Administração pública Direta e Indireta de Xangri-Lá de pessoas condenadas pelas Lei Federai n°11.340 de 7 de agosto de 2006, e pelo Artigo 216-A do Código Penal.</t>
   </si>
   <si>
     <t>3583</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3583/088_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3583/088_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>“Cria o programa de cadastramento dos prestadores de serviços de limpeza urbana para fins de obtenção de desconto junto as empresas do ramo de destinação final dos resíduos de construção civil e demolição no âmbito do Município de Xangri-Lá.”</t>
   </si>
   <si>
     <t>3584</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3584/089_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3584/089_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>Inclui dispositivos da Lei nº 2251, de 13 de julho de 2021, que criou o Conselho Municipal dos Direitos da Mulher- CMDM- e dá outras providências.</t>
   </si>
   <si>
     <t>3585</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3585/090_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3585/090_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>Altera e inclui dispositivos da Lei nº 1701, de 03 de setembro de 2014, que criou o Conselho Municipal de desenvolvimento do Turismo (COMDESTUR) e o Fundo Municipal de desenvolvimento do Turismo (FUMDESTUR) e dá outras providências.</t>
   </si>
   <si>
     <t>3586</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3586/091_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3586/091_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder permissão de uso de áreas para a Companhia Riograndense de Saneamento – Corsan, para construção de estações elevatórias de esgoto.</t>
   </si>
   <si>
     <t>3587</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3587/092_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3587/092_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal a realizar a permissão de uso de espaços públicos do Município por equipamentos urbanos do tipo quiosque.”</t>
   </si>
   <si>
     <t>3588</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3588/093_2022_ldo_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3588/093_2022_ldo_proj_lei.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre as diretrizes para elaboração da Lei Orçamentária de 2023.”</t>
   </si>
   <si>
     <t>3589</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3589/094_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3589/094_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a contratar Engenheiro (a) Civil na Secretaria de Educação e Cultura.”</t>
   </si>
   <si>
     <t>3590</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3590/095_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3590/095_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER O USO DE ESPAÇO PÚBLICO PARA EXPLORAÇÃO COMERCIAL, PUBLICITÁRIA A CONCEDER O USO DE ESPAÇO PÚBLICO PARA EXPLORAÇÃO COMERCIAL, PUBLICITÁRIA, CONSTRUÇÃO, TOTAL OU PARCIAL, CONSERVAÇÃO, REFORMA, AMPLIAÇÃO OU MELHORAMENTO DE QUAISQUER OBRAS DE INTERESSE PÚBLICO, DELEGADO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3594</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3594/096_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3594/096_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>Institui no Município de Xangri-Lá, o Programa Espaço Lúdico, visando a regulamentação da atividade de contraturno, que prestam cuidados e recreações, em seu domicílio, de crianças de 04 (quatro)meses a 12 (doze) anos de idade, em contraturno escolar.</t>
   </si>
   <si>
     <t>3604</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3604/097_2022_proj_lei_funcionamento_24hrs_farmacias.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3604/097_2022_proj_lei_funcionamento_24hrs_farmacias.pdf</t>
   </si>
   <si>
     <t>Institui o serviço de plantão 24 horas de atendimento das farmácias e drogarias no município de Xangri-Lá.</t>
   </si>
   <si>
     <t>3595</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3595/098_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3595/098_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a contratar Auxiliar de Turma na Secretaria de Educação e Cultura.”</t>
   </si>
   <si>
     <t>3596</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3596/099_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3596/099_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a contratar Fiscal Ambiental na Secretaria de Meio Ambiente, Agricultura e Habitação.”</t>
   </si>
   <si>
     <t>3597</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3597/100_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3597/100_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>“Altera art. 3º da Lei 2345, de 25 de janeiro de 2022 e dá outras providências.”</t>
   </si>
   <si>
     <t>3598</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3598/101_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3598/101_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>“Altera art. 3º da Lei 2346, de 25 de janeiro de 2022 e dá outras providências.”</t>
   </si>
   <si>
     <t>3599</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3599/102_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3599/102_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>Revoga as Leis nº 2279, de 22 de setembro de 2021 e 2281, de 22 de setembro de 2021, que “Autorizam o Poder Executivo a contratar servidor temporariamente para a Secretaria de Saúde”.</t>
   </si>
   <si>
     <t>3600</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a criar função e a contratar Fonoaudiólogo na Secretaria de Educação e Cultura.”</t>
   </si>
   <si>
     <t>3606</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3606/104_2022_proj_lei_jorge_setembro_amarelo.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3606/104_2022_proj_lei_jorge_setembro_amarelo.pdf</t>
   </si>
   <si>
     <t>Institui o Mês Municipal de Valorização da Vida – Campanha Setembro Amarelo, e dá outras providências.</t>
   </si>
   <si>
     <t>3607</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3607/105_2022_proj_lei_jorge_programa_combate_pobreza_menstrual.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3607/105_2022_proj_lei_jorge_programa_combate_pobreza_menstrual.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de combate à pobreza menstrual e atenção à saúde íntima feminina no município de Xangri-Lá.</t>
   </si>
   <si>
     <t>3608</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3608/106.2022_proj.de_lei_.contratacao_temporaria_arquiteto.proc._digital_39632-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3608/106.2022_proj.de_lei_.contratacao_temporaria_arquiteto.proc._digital_39632-2022.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a contratar Arquiteto (a) na Secretaria de Planejamento.”</t>
   </si>
   <si>
     <t>3609</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3609/107.2022_projet._de_lei_altera_1006_acresce_vagas_para_motorista_leves_processo_39724-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3609/107.2022_projet._de_lei_altera_1006_acresce_vagas_para_motorista_leves_processo_39724-2022.pdf</t>
   </si>
   <si>
     <t>3610</t>
   </si>
   <si>
     <t>Altera e inclui dispositivos da Lei nº 1385, de 15 de dezembro de 2010, que “Cria Empregos Públicos de agente comunitário de saúde nos termos da Emenda Constitucional nº 51/2006 e da Lei Federal 11.350/2006, e dá outras providências.”</t>
   </si>
   <si>
     <t>3611</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3611/109.2022_-_prevencao_evasao_escolar.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3611/109.2022_-_prevencao_evasao_escolar.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Prevenção à Evasão Escolar, no município de Xangri-Lá</t>
   </si>
   <si>
     <t>3612</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3612/110.2022_-_hortas_comunitarias.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3612/110.2022_-_hortas_comunitarias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do Programa de Incentivo à implantação de Hortas Comunitárias e Compostagem no Município de Xangri-Lá e dá outras providências.</t>
   </si>
   <si>
     <t>3613</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3613/111.2022_-_incentivo_aos_esportes_e_competicoes.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3613/111.2022_-_incentivo_aos_esportes_e_competicoes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do Programa de Apoio e Incentivo ao Esporte no município de Xangri-Lá, vinculado à Secretaria Municipal de Educação e Cultura e Secretaria do Turismo, Esporte e Lazer e dá outras providências.</t>
   </si>
   <si>
     <t>3614</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3614/112_2022_proj_lei_vivia.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3614/112_2022_proj_lei_vivia.pdf</t>
   </si>
   <si>
     <t>“ Institui o Dia da Marcha para Jesus no âmbito do município de Xangri-lá e inclui no calendário oficial de eventos do Município. ’’ .</t>
   </si>
   <si>
     <t>3615</t>
   </si>
   <si>
     <t>Nomeia a Rua “Antônio Hipólito dos Santos”, o logradouro Público localizado no Município de Xangri-Lá.</t>
   </si>
   <si>
     <t>3619</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3619/114.2022.projeto_de_lei_-_altera_lei_1974-2017.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3619/114.2022.projeto_de_lei_-_altera_lei_1974-2017.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a Política Pública de Assistência Social do Município de Xangri-Lá e dá outras providências.”</t>
   </si>
   <si>
     <t>3620</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3620/115_2022_proj_lei_cleomar.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3620/115_2022_proj_lei_cleomar.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ISENÇÃO DO PAGAMENTO DE TAXAS DE INSCRIÇÃO EM CONCURSOS PÚBLICOS E PROCESSOS SELETIVOS AOS DOADORES DE SANGUE ”.</t>
   </si>
   <si>
     <t>3621</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3621/116_2022_proj_lei_cleomar.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3621/116_2022_proj_lei_cleomar.pdf</t>
   </si>
   <si>
     <t>Nomina o Ecoponto de Rainha do Mar, no município de Xangri-Lá de Denir José Ribeiro.</t>
   </si>
   <si>
     <t>3622</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3622/117.2022.projeto_de_lei_-_altera_lei_2405.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3622/117.2022.projeto_de_lei_-_altera_lei_2405.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 2405, de 27 de junho de 2022, que “Autoriza o Poder Executivo a contratar Médico Veterinário (20 horas) na Secretaria de Meio Ambiente, Agricultura e Habitação.”</t>
   </si>
   <si>
     <t>3623</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3623/118.2022._contratacao_temporaria_smec.proc._digital_41640-2022.professor_de_series_inicias.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3623/118.2022._contratacao_temporaria_smec.proc._digital_41640-2022.professor_de_series_inicias.pdf</t>
   </si>
   <si>
     <t>3624</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3624/119.2022.projeto_de_lei_-_altera_lei_2273_proc.35635-2022_2.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3624/119.2022.projeto_de_lei_-_altera_lei_2273_proc.35635-2022_2.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 2273, de 24 de agosto de 2021, que “Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária de 2022.”</t>
   </si>
   <si>
     <t>3625</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3625/120.2022.projeto_de_lei_-_altera_lei_2272_proc.35635-2022_2.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3625/120.2022.projeto_de_lei_-_altera_lei_2272_proc.35635-2022_2.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 2272, de 24 de agosto de 2021, que “Dispõe sobre o Plano Plurianual para o período de 2022 a 2025.”</t>
   </si>
   <si>
     <t>3626</t>
   </si>
   <si>
     <t>3627</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3627/122_2022_proj_lei_geovane.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3627/122_2022_proj_lei_geovane.pdf</t>
   </si>
   <si>
     <t>Inclui na Lei nº 698, de 18 de abril de 2005, que Institui calendário Oficial de Eventos do Município de Xangri-Lá, o "Dia Municipal do esporte e dia do Esportista"</t>
   </si>
   <si>
     <t>3629</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal licitar e proceder cessão de bens aos Clubes de Mães, que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>3628</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3628/124.2022.projeto_de_lei_-_altera_lei_777-2005_proc.41124-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3628/124.2022.projeto_de_lei_-_altera_lei_777-2005_proc.41124-2022.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da lei 777 de 29 de novembro de 2005, que “Institui o Sistema de Controle Interno no Município de Xangri-Lá e dá outras providências.</t>
   </si>
   <si>
     <t>3630</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3630/125_2022_mulher_viva_1.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3630/125_2022_mulher_viva_1.pdf</t>
   </si>
   <si>
     <t>“Institui, no âmbito municipal, o Programa Mulher Viva, destinado ao apoio na geração de emprego e renda às mulheres em situação de violência doméstica e familiar.”</t>
   </si>
   <si>
     <t>3631</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3631/126_2022_pl_praca_diogo_elibio_da_silva....pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3631/126_2022_pl_praca_diogo_elibio_da_silva....pdf</t>
   </si>
   <si>
     <t>“ Nomeia a Praça “DIOGO ELIBIO DA SILVA”, logradouro  público localizada no município de Xangri-Lá.”</t>
   </si>
   <si>
     <t>3632</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3632/127_2022_proj._de_lei_fundestur_altera_lei_1701-2014_proc.digital_27369-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3632/127_2022_proj._de_lei_fundestur_altera_lei_1701-2014_proc.digital_27369-2022.pdf</t>
   </si>
   <si>
     <t>“ Altera e inclui dispositivos da Lei nº 1701, de 03 de setembro de 2014, que criou o conselho Municipal de desenvolvimento do Turismo (COMDESTUR) e o Fundo Municipal de desenvolvimento do Turismo (FUNDESTUR) e dá outras providências.”</t>
   </si>
   <si>
     <t>3640</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3640/128_2022.projet._de_lei_altera_1006_acresce_vagas_proc.43082-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3640/128_2022.projet._de_lei_altera_1006_acresce_vagas_proc.43082-2022.pdf</t>
   </si>
   <si>
     <t>3641</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3641/129_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3641/129_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a Gestão Democrática do Ensino Público Municipal e dá outras providências.”</t>
   </si>
   <si>
     <t>3642</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3642/130_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3642/130_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar Concessão de Uso de Espaços Públicos, mediante Processo de Licitação dos Quiosques para venda de lanches e bebidas e aluguel de barracas, cadeiras e guarda-sóis junto à faixa de praia, com exploração publicitária.</t>
   </si>
   <si>
     <t>3650</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3650/131_2022_alteracao_de_ruas.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3650/131_2022_alteracao_de_ruas.pdf</t>
   </si>
   <si>
     <t>Altera e inclui dispositivos na Lei nº 2425, de 16 de maio de 2022, que dispõe as ruas e os logradouros públicos localizados no Bairro Figueirinha, Município de Xangri-Lá/RS.</t>
   </si>
   <si>
     <t>3651</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3651/132_2022_proj_lei_chiquinho.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3651/132_2022_proj_lei_chiquinho.pdf</t>
   </si>
   <si>
     <t>Institui a Campanha “Abril Verde” e outras ações de conscientização e prevenção de Acidentes e Doenças Relacionadas ao Trabalho.</t>
   </si>
   <si>
     <t>3655</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3655/133_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3655/133_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei 2316 de 15 de dezembro de 2021, que “"Estima a receita e fixa a despesa do Município de Xangri-Lá para o exercício financeiro de 2022".</t>
   </si>
   <si>
     <t>3656</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3656/134_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3656/134_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder o direito real de uso de bem imóvel municipal para implementação do Projeto “Profeta sem Rosto”</t>
   </si>
   <si>
     <t>3657</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3657/135_2022_proj_lei.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3657/135_2022_proj_lei.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a firmar convênio com o Hospital LifePlus Litoral Norte LTDA.”</t>
   </si>
   <si>
     <t>3658</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3658/136.2022_proj.de_lei_.autoriza_a_prorrogacao_contrato_agente_combate_a_endemias.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3658/136.2022_proj.de_lei_.autoriza_a_prorrogacao_contrato_agente_combate_a_endemias.pdf</t>
   </si>
   <si>
     <t>Autoriza a prorrogação de contratos de Agente de Combate à Endemias contratados pelo regime celetista lotados na Secretária de Saúde.</t>
   </si>
   <si>
     <t>3659</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3659/137.2022_proj.de_lei_.contratacao_temporaria_professor_educacao_fisica._proc._digital_45993-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3659/137.2022_proj.de_lei_.contratacao_temporaria_professor_educacao_fisica._proc._digital_45993-2022.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a contratar Professor de Educação Física na Secretaria de Educação e Cultura.”</t>
   </si>
   <si>
     <t>3674</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3674/138.2022_proj.de_lei_.contratacao_temporaria_engenheiro.proc._digital_48113-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3674/138.2022_proj.de_lei_.contratacao_temporaria_engenheiro.proc._digital_48113-2022.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a contratar Engenheiro (a) Civil na Secretaria de Planejamento.”</t>
   </si>
   <si>
     <t>3675</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3675/139.2022_proj.de_lei_.comite_municipal_de_mobilizacao_fiscalizacao_combate_e_controle_aedes._proc._digital_47007-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3675/139.2022_proj.de_lei_.comite_municipal_de_mobilizacao_fiscalizacao_combate_e_controle_aedes._proc._digital_47007-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de Comitê Municipal, de Mobilização, Fiscalização, Combate e Controle do Mosquito Aedes aegypti, Prevenção da Dengue, da Febre Chikungunya e do Zika Vírus no âmbito do Município.</t>
   </si>
   <si>
     <t>3681</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar Termo Aditivo ao Contrato de Rateio com o Consórcio Público da Associação dos Municípios do Litoral Norte - CP ALIMNORTE.</t>
   </si>
   <si>
     <t>3682</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3682/141.2022_proj.de_lei_.amlinorte_60_meses_proc._45582-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3682/141.2022_proj.de_lei_.amlinorte_60_meses_proc._45582-2022.pdf</t>
   </si>
   <si>
     <t>3683</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3683/142.2022_proj.de_lei_.amlinorte_12_meses_proc._45582-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3683/142.2022_proj.de_lei_.amlinorte_12_meses_proc._45582-2022.pdf</t>
   </si>
   <si>
     <t>3684</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3684/143.2022_proj._de_lei_._credito_especial.proc._dgital_46842-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3684/143.2022_proj._de_lei_._credito_especial.proc._dgital_46842-2022.pdf</t>
   </si>
   <si>
     <t>3685</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3685/144.2022_proj.de_lei_.altera_anexo_i_da_lei_2273-2021_ppa_2022-2025_proc._46842-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3685/144.2022_proj.de_lei_.altera_anexo_i_da_lei_2273-2021_ppa_2022-2025_proc._46842-2022.pdf</t>
   </si>
   <si>
     <t>3686</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3686/145.2022_proj.de_lei_.altera_anexo_iii_da_lei_2272-2021_ppa_2022-2025_proc._46842-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3686/145.2022_proj.de_lei_.altera_anexo_iii_da_lei_2272-2021_ppa_2022-2025_proc._46842-2022.pdf</t>
   </si>
   <si>
     <t>3690</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3690/146.2022_projeto_de_lei-_autoriza_repasse_hospital_life_pediatra_proc._48518-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3690/146.2022_projeto_de_lei-_autoriza_repasse_hospital_life_pediatra_proc._48518-2022.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo celebrar convênio para repasse de valor a fim de complementar atendimentos de PEDIATRIA NO PRONTO ATENDIMENTO DO HOSPITAL, COMPREENDENDO, CONSULTAS PEDIÁTRICAS, EXAMES CLÍNICOS DE LABORATÓRIOS, OBSERVAÇÃO E MEDICAMENTOS junto ao Hospital LifePlus Litoral Norte LTDA.”</t>
   </si>
   <si>
     <t>3691</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3691/147.2022_projeto_de_lei-_autoriza_repasse_hospital_life_traumatogia_proc._48518-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3691/147.2022_projeto_de_lei-_autoriza_repasse_hospital_life_traumatogia_proc._48518-2022.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo celebrar convênio para repasse de valor a fim de complementar atendimentos de média e baixa complexidade	de TRAUMATOLOGIA/ORTOPEDIA junto ao Hospital LifePlus Litoral Norte LTDA.”</t>
   </si>
   <si>
     <t>3692</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3692/148.2022_projeto_de_lei_-_abre_credito_no_orcamento._proc_48518-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3692/148.2022_projeto_de_lei_-_abre_credito_no_orcamento._proc_48518-2022.pdf</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito adicional especial e da outras providências.</t>
   </si>
   <si>
     <t>3694</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3694/149.2022_proj.de_lei._revoga_lei_2452-2022.proc._digital_45582-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3694/149.2022_proj.de_lei._revoga_lei_2452-2022.proc._digital_45582-2022.pdf</t>
   </si>
   <si>
     <t>“Revoga a Lei nº 2452 de 24 de outubro de 2022 e dá outras providências.”</t>
   </si>
   <si>
     <t>3695</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3695/150.2022_proj.de_lei_.altera_artigo_2_da_lei_2454-2022_proc._45582-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3695/150.2022_proj.de_lei_.altera_artigo_2_da_lei_2454-2022_proc._45582-2022.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 2454, de 24 de outubro de 2022, que “Autoriza o Poder Executivo a firmar Termo Aditivo ao Contrato de Rateio com o Consórcio Público da Associação dos Municípios do Litoral Norte - CP ALIMNORTE.”</t>
   </si>
   <si>
     <t>3696</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3696/151.2022_proj.de_lei_.altera_artigo_2_da_lei_2453-2022_proc._45582-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3696/151.2022_proj.de_lei_.altera_artigo_2_da_lei_2453-2022_proc._45582-2022.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 2453, de 24 de outubro de 2022, que “Autoriza o Poder Executivo a firmar Termo Aditivo ao Contrato de Rateio com o Consórcio Público da Associação dos Municípios do Litoral Norte - CP ALIMNORTE.”</t>
   </si>
   <si>
     <t>3697</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3697/152.2022_projeto_de_lei_-_dispoe_sobre_a_loa_2023._proc.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3697/152.2022_projeto_de_lei_-_dispoe_sobre_a_loa_2023._proc.pdf</t>
   </si>
   <si>
     <t>“Estima a receita e fixa a despesa do Município de Xangri-Lá para o exercício financeiro de 2023”.</t>
   </si>
   <si>
     <t>3698</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3698/153.2022_projeto_adalcir.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3698/153.2022_projeto_adalcir.pdf</t>
   </si>
   <si>
     <t>Nomeia a Rua “Maria Ieda da Rosa Alves”, o logradouro Público localizado no Município de Xangri-Lá.</t>
   </si>
   <si>
     <t>3701</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3701/154.2022_projeto_de_lei-_autoriza_repasse_conseg_processo_37789-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3701/154.2022_projeto_de_lei-_autoriza_repasse_conseg_processo_37789-2022.pdf</t>
   </si>
   <si>
     <t>3702</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3702/155.2022_projeto_de_lei-_autoriza_mudanca_de_categoria_cnh._proc._47708-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3702/155.2022_projeto_de_lei-_autoriza_mudanca_de_categoria_cnh._proc._47708-2022.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Município a custear curso de Habilitação para adquirir a categoria necessária somente para os Servidores Detentores do Cargo de Motorista de Ambulância.”</t>
   </si>
   <si>
     <t>3703</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3703/156.2022_projeto_de_lei-_institui_denominacao_dos_logradouros_publicos._proc._50045-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3703/156.2022_projeto_de_lei-_institui_denominacao_dos_logradouros_publicos._proc._50045-2022.pdf</t>
   </si>
   <si>
     <t>“Institui a denominação de logradouros públicos no território do Município.”</t>
   </si>
   <si>
     <t>3704</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3704/157.2022_projeto_de_lei-_institui_pdv_programa_desligacao_voluntaria._proc._43749-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3704/157.2022_projeto_de_lei-_institui_pdv_programa_desligacao_voluntaria._proc._43749-2022.pdf</t>
   </si>
   <si>
     <t>“Institui o Programa de Desligamento Voluntário de Servidores e dá outras providências.”</t>
   </si>
   <si>
     <t>3706</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3706/158_2022_nomeacao_de_rua_celestino_.......pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3706/158_2022_nomeacao_de_rua_celestino_.......pdf</t>
   </si>
   <si>
     <t>Nomeia como “CELESTINO STEINMETZ” o  logradouro Público localizado no Bairro Guará no  município de Xangri-lá RS</t>
   </si>
   <si>
     <t>3707</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3707/159_2022_davi_nomeacao_de_rua_pedro_soares......pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3707/159_2022_davi_nomeacao_de_rua_pedro_soares......pdf</t>
   </si>
   <si>
     <t>Nomeia como “PEDRO SOARES” o  logradouro Público localizado no Bairro Guará no município de Xangri-lá RS.</t>
   </si>
   <si>
     <t>3708</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3708/160.2022_projeto_de_lei-_autoriza_repasse_surf_processo_50885-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3708/160.2022_projeto_de_lei-_autoriza_repasse_surf_processo_50885-2022.pdf</t>
   </si>
   <si>
     <t>“Autoriza conceder patrocínio para agremiação esportiva do Município e dá outras providências.”</t>
   </si>
   <si>
     <t>3709</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3709/161.2022_projeto_de_lei-_autoriza_repasse_patrocinio_processo_50885-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3709/161.2022_projeto_de_lei-_autoriza_repasse_patrocinio_processo_50885-2022.pdf</t>
   </si>
   <si>
     <t>“Disciplina a concessão de patrocínio pela Administração Direta e Indireta do Município de Xangri-Lá.”</t>
   </si>
   <si>
     <t>3710</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3710/162.2022_proj.de_lei._iptu_e_ptm_2023.proc._digital_51114-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3710/162.2022_proj.de_lei._iptu_e_ptm_2023.proc._digital_51114-2022.pdf</t>
   </si>
   <si>
     <t>Estabelece o valor do PTM, o parcelamento e desconto do IPPU/IPTU e o calendário das taxas para o ano de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>3711</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3711/163.2022_projeto_de_lei-_alterai_lei2468_repasse_conseg_processo_37789-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3711/163.2022_projeto_de_lei-_alterai_lei2468_repasse_conseg_processo_37789-2022.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 2468, de 07 de novembro de 2022, que “Autoriza o Poder Executivo conceder subvenção social ao Conselho de Segurança para a Comunidade de Xangri-Lá - CONSEG.”</t>
   </si>
   <si>
     <t>3717</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3717/164.2022_-_panfletos.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3717/164.2022_-_panfletos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição da distribuição de folhetos, panfletos ou qualquer outro tipo de material impresso veiculando mensagens publicitárias em ruas, praças, logradouros e demais locais públicos do Município, nas condições que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>3713</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3713/165.2022_proj.de_lei_.autoriza_a_prorrogacao_contrato_professor_ingles._proc._52216-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3713/165.2022_proj.de_lei_.autoriza_a_prorrogacao_contrato_professor_ingles._proc._52216-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a prorrogação de contratos de Professores de Inglês lotados na Secretária de Educação e Cultura.</t>
   </si>
   <si>
     <t>3714</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3714/166.2022_proj.de_lei_.contratacao_temporaria_auxiliar_de_turma._proc._digital_52216-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3714/166.2022_proj.de_lei_.contratacao_temporaria_auxiliar_de_turma._proc._digital_52216-2022.pdf</t>
   </si>
   <si>
     <t>3715</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3715/167.2022_proj.de_lei_.contratacao_temporaria_professor_de_ingles._proc._digital_52216-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3715/167.2022_proj.de_lei_.contratacao_temporaria_professor_de_ingles._proc._digital_52216-2022.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a contratar Professor de Inglês na Secretaria de Educação e Cultura.”</t>
   </si>
   <si>
     <t>3716</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3716/pl_168_2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3716/pl_168_2022.pdf</t>
   </si>
   <si>
     <t>Regulamenta o cumprimento da obrigação a que se refere o Artigo 18 da Lei Complementar 012/2005, autorizando o Poder Executivo a receber benfeitorias em pagamento.</t>
   </si>
   <si>
     <t>3719</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3719/169.2022_proj.de_lei_.contratacao_temporaria_condutor_e_tecnico_enfermagem.proc._digital_49553-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3719/169.2022_proj.de_lei_.contratacao_temporaria_condutor_e_tecnico_enfermagem.proc._digital_49553-2022.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a contratar servidores temporariamente na Secretaria de Saúde.”</t>
   </si>
   <si>
     <t>3720</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3720/170.2022_projeto_de_lei-_autoriza_repasse_conseg_processo_37632-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3720/170.2022_projeto_de_lei-_autoriza_repasse_conseg_processo_37632-2022.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a firmar convênio com o Conselho de Segurança a Comunidade de Xangri-Lá – CONSEG, e dá outras providências.”</t>
   </si>
   <si>
     <t>3721</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3721/171.2022_proj.de_lei_.contratacao_temporaria_psicologo_psicopedagoga_fono_terapeuta._proc._digital_47001-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3721/171.2022_proj.de_lei_.contratacao_temporaria_psicologo_psicopedagoga_fono_terapeuta._proc._digital_47001-2022.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a contratar Terapeuta Ocupacional, Psicólogo, Psicopedagoga e Fonoaudiólogo na Secretaria de Saúde.”</t>
   </si>
   <si>
     <t>3722</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3722/172.2022_proj.de_lei_.autoriza_a_prorrogacao_contrato_psicologa._proc._51084-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3722/172.2022_proj.de_lei_.autoriza_a_prorrogacao_contrato_psicologa._proc._51084-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a prorrogação de contratos de Psicóloga lotada na Secretária de Saúde.</t>
   </si>
   <si>
     <t>3728</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3728/173_2022_julho_branco.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3728/173_2022_julho_branco.pdf</t>
   </si>
   <si>
     <t>Institui a Campanha “Julho Branco”, referente a conscientização e combate a violência contra crianças e adolescentes no Município de Xangri-Lá e dá outras providências.</t>
   </si>
   <si>
     <t>3729</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3729/174.2022_proj.de_lei_.altera_anexo_i_da_lei_2273-2021_ppa_2022-2025_proc._49942-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3729/174.2022_proj.de_lei_.altera_anexo_i_da_lei_2273-2021_ppa_2022-2025_proc._49942-2022.pdf</t>
   </si>
   <si>
     <t>3730</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3730/175.2022_proj._de_lei_._credito_especial.proc._dgital_49942-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3730/175.2022_proj._de_lei_._credito_especial.proc._dgital_49942-2022.pdf</t>
   </si>
   <si>
     <t>3731</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3731/176.2022_proj.de_lei_.criacao_conselho_municipal_comas_proc._53081-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3731/176.2022_proj.de_lei_.criacao_conselho_municipal_comas_proc._53081-2022.pdf</t>
   </si>
   <si>
     <t>Atualiza a lei de criação do Conselho Municipal de Assistência Social - COMAS e dá outras providências.</t>
   </si>
   <si>
     <t>3732</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3732/177.2022_proj.de_lei_.altera_anexo_iii_da_lei_2272-2021_ppa_2022-2025_proc._49942-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3732/177.2022_proj.de_lei_.altera_anexo_iii_da_lei_2272-2021_ppa_2022-2025_proc._49942-2022.pdf</t>
   </si>
   <si>
     <t>3761</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3761/178.2022-proj.de-lei-.-altera-lei-499-2020.proc.-digital-54522-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3761/178.2022-proj.de-lei-.-altera-lei-499-2020.proc.-digital-54522-2022.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 499, de 14 de outubro de 2002, que “Dispõe sobre a concessão de benefícios para pagamento de débitos fiscais em atraso, estabelece normas para sua cobrança e dá outras providências”.</t>
   </si>
   <si>
     <t>3762</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3762/179.2022.projeto-de-lei---altera-lei-1851-2016-indices.-proc.digital-56233-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3762/179.2022.projeto-de-lei---altera-lei-1851-2016-indices.-proc.digital-56233-2022.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 1851, de 23 de fevereiro de 2016, que “Dispõe sobre a revisão anual dos vencimentos dos Servidores Públicos Municipais, Aposentados e Pensionistas, da Administração Direta e Indireta".</t>
   </si>
   <si>
     <t>3763</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3763/180.2022.projeto-de-lei---reposicao-salarial.-indices.-proc.-digital-56233-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3763/180.2022.projeto-de-lei---reposicao-salarial.-indices.-proc.-digital-56233-2022.pdf</t>
   </si>
   <si>
     <t>3764</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3764/181.2022-projeto-de-lei--autorizao-municipio-a-permuta-terrenos.-proc.-50022-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3764/181.2022-projeto-de-lei--autorizao-municipio-a-permuta-terrenos.-proc.-50022-2022.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a permutar com a empresa GAIA EMPREENDIMENTOS IMOBILIÁRIOS SPE LTDA, os terrenos que descreve e dá outras providências.</t>
   </si>
   <si>
     <t>3765</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3765/182.2022-proj.de-lei--.altera-lei-2334-2022-proc.56120-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3765/182.2022-proj.de-lei--.altera-lei-2334-2022-proc.56120-2022.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei 2334 de 11 de janeiro de 2022 que "Estabelece a desafetação de bem público, declara de uso dominical, autoriza a alienação e dá outras providências".</t>
   </si>
   <si>
     <t>3766</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3766/183.2022-projeto-de-lei--autoriza-repasse-hospital-life-pediatra-proc.-55131-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3766/183.2022-projeto-de-lei--autoriza-repasse-hospital-life-pediatra-proc.-55131-2022.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo celebrar convênio para repasse de valor a fim de complementar atendimentos de PEDIATRIA NO PRONTO ATENDIMENTO DO HOSPITAL, COMPREENDENDO, CONSULTAS		PEDIÁTRICAS, EXAMES	CLÍNICOS	DE LABORATÓRIOS, OBSERVAÇÃO_x000D_
 E MEDICAMENTOS e de TRAUMATOLOGIA/ORTOPEDIA junto ao Hospital LifePlus Litoral Norte LTDA.”</t>
   </si>
   <si>
     <t>3325</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3325/001_2022_proj_lei_compl.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3325/001_2022_proj_lei_compl.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei nº 419, de 24 de maio de 1990 (Regime Jurídico Único dos Servidores) e dá outras providências.</t>
   </si>
   <si>
     <t>3512</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3512/002_2022_proj_lei_compl.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3512/002_2022_proj_lei_compl.pdf</t>
   </si>
   <si>
     <t>Altera o Código Tributário incluindo o item 11.05 no § 1º do Art. 43 e alterando o inciso IV do Art. 47.</t>
   </si>
   <si>
     <t>3535</t>
   </si>
   <si>
     <t>Altera o artigo 06, caput, parágrafos 1º e 2º; da Lei Complementar 51 29 de Dezembro 2009, e alterações posteriores – ITBI – e estabelece que a base de cálculo do imposto deve considerar o valor declarado pelo contribuinte (sujeito passivo), bem como estipula a instauração de procedimento próprio para o arbitramento da base de cálculo pelo Agente Fiscal da Receita Municipal, passando a constar a seguinte redação:</t>
   </si>
   <si>
     <t>3541</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3541/004.2022.projeto_de_lei_-_altera_lei_419-90_1_terco_abono.processo_31656-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3541/004.2022.projeto_de_lei_-_altera_lei_419-90_1_terco_abono.processo_31656-2022.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo na Lei nº 419, de 24 de maio de 1990 (RJU), que Dispõe sobre o regime jurídico dos servidores públicos do Município e dá outras providências.</t>
   </si>
   <si>
     <t>3601</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3601/005_2022_plc.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3601/005_2022_plc.pdf</t>
   </si>
   <si>
     <t>Cria e inclui dispositivos na Lei nº 419, de 24 de maio de 1990 (RJU), que Dispõe sobre o regime jurídico dos servidores públicos do Município e dá outras providências.</t>
   </si>
   <si>
     <t>3602</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3602/006_2022_plc.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3602/006_2022_plc.pdf</t>
   </si>
   <si>
     <t>“Altera dispositivos da Lei nº 419, de 24 de maio de 1990 (Regime Jurídico Único dos Servidores) e dá outras providências.”</t>
   </si>
   <si>
     <t>3603</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3603/007_2022_plc.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3603/007_2022_plc.pdf</t>
   </si>
   <si>
     <t>3633</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3633/008_2022_plc_adalcir.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3633/008_2022_plc_adalcir.pdf</t>
   </si>
   <si>
     <t>“Inclui e altera dispositivos na Lei nº 1645, de 27 de novembro de 1978, que instituiu o Código de Obras do Município de Xangri-Lá e dá outras providências.”</t>
   </si>
   <si>
     <t>3643</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3643/009_2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3643/009_2022.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo na Lei nº 377, de 22 de dezembro de 2000, que dispõe sobre o Código de Meio Ambiente.</t>
   </si>
   <si>
     <t>3660</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3660/010_2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3660/010_2022.pdf</t>
   </si>
   <si>
     <t>3705</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3705/011_2022pl_iptu_verde.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3705/011_2022pl_iptu_verde.pdf</t>
   </si>
   <si>
     <t>Institui o Projeto de Consciência Ambiental denominado “IPTU VERDE” e autoriza a concessão de desconto no Imposto Predial e Territorial Urbano (IPTU) como incentivo ao uso de tecnologias ambientais sustentáveis.</t>
   </si>
   <si>
     <t>3767</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3767/013.2022.projeto-de-lei-complementar---altera-lei-419-90-licenca-2-anos.processo-54542-2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3767/013.2022.projeto-de-lei-complementar---altera-lei-419-90-licenca-2-anos.processo-54542-2022.pdf</t>
   </si>
   <si>
     <t>3605</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>“ADERE AO DECRETO EXECUTIVO N. 241 DE 27 DE AGOSTO DE 2021, INSTITUINDO O PROCESSO ADMINISTRATIVO ELETRÔNICO COMPARTILHADO NO ÂMBITO DA CÂMARA MUNICIPAL DE XANGRI-LÁ”</t>
   </si>
   <si>
     <t>3723</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3723/006_2022_projeto_resolucao_procuradoria_novo.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3723/006_2022_projeto_resolucao_procuradoria_novo.pdf</t>
   </si>
   <si>
     <t>Cria a Procuradoria da Mulher na Câmara Municipal de Xangri-Lá e dá outras providências.</t>
   </si>
   <si>
     <t>3644</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
     <t>Veto total ao projeto de lei 055/2022</t>
   </si>
   <si>
     <t>3645</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3645/veto_97_2022.doc</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3645/veto_97_2022.doc</t>
   </si>
   <si>
     <t>VETO PARCIAL AO PROJETO DE LEI 097/2022</t>
   </si>
   <si>
     <t>3646</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3646/veto_105_2022.docx</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3646/veto_105_2022.docx</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE LEI 105/2022</t>
   </si>
   <si>
     <t>3647</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3647/veto_109_2022.doc</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3647/veto_109_2022.doc</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE LEI 109/2022</t>
   </si>
   <si>
     <t>3648</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3648/veto_111_2022.doc</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3648/veto_111_2022.doc</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE LEI 111/2022</t>
   </si>
   <si>
     <t>3649</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3649/veto_110_2022.doc</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3649/veto_110_2022.doc</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE LEI 110/2022</t>
   </si>
   <si>
     <t>3652</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3652/veto_125_2022.doc</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3652/veto_125_2022.doc</t>
   </si>
   <si>
     <t>VETO TOTAL AO PROJETO DE LEI Nº 125/2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -5413,67 +5413,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3348/pedido_de_indicacao_padaria_comunitaria.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3592/sugere_ao_executivo_a_possibilidade_de_implantacao_de_uma_unidade_da_casa_da_mulher_xangrilense_no_municipio..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3803/p.ind_005.2022_-_cursos_pre-enem_e_vestibular.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3792/p.ind_006.2022_-_casa_do_acolhimento.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3591/007_2022_ped_indic_vivia.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3794/p.ind_009.2022_-_capacitacao_primeiros_socorres_rede_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3798/p.ind_011.2022_-_pobreza_menstrual.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3806/p.ind_012.2022_-_beneficio_do_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3795/p.ind_013.2022_-_hortas_comunitarias.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3797/p.ind_014.2022_-_evasao_escolar.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3805/p.ind_015.2022_-_incentivo_a_compteticoes_esportivas.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3680/troca_de_rota_escolar_bairro_figueirinha.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3827/convenio_oftalmologista_hospital_life_plus_17.odt" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3770/indicacao_proc_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3689/pi.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3724/emenda_001_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3725/emenda_002_-_vivian.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3726/emenda_003_-_jorge.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3727/emenda_004_-_sergio.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3326/mocao_001.2022_-_repudio_endereco_tabelionato.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3375/mocao_de_pesar_-_antonio_jose_da_silva_.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3376/mocao_de_pesar_-_elmar_wagner_.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3377/mocao_de_pesar_-_manoel_sarmento.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3378/mocao_de_pesar_-_francisco_barcella_.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3440/mocao_de_pesar_-_darci_nascimento.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3802/mocao_de_pesar__013.2022_-_alba_.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3807/mocao_de_pesar__024.2022_-_antonio_.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3808/mocao_de_pesar__015.2022_-_leda_tarasconi_.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3809/mocao_de_pesar__016.2022_-_lauro.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3810/mocao_de_pesar__017.2022_-_felipe_.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3811/mocao_de_pesar__019.2022_-_jair_.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3812/mocao_de_pesar__018.2022_-_diogo_.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3813/mocao_de_pesar__023.2022_-_teresinha.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3814/mocao_de_pesar__024.2022_-_antonio_.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3816/mocao_de_pesar__025.2022_-_paulo_pescador_.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3817/mocao_de_pesar__021.2022_-_roseli.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3345/pedido_de_informacao_001.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3363/pi_02.2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3364/pi_03.2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3374/p.i_004.2022__-_relacao_cavalos_apreendidos.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3403/p.i_005.2022__-_documentacao_parceria_pvs_maori.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3400/p.i_006.2022__-_indice_gastos_com_pessoal.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3417/pi_07.2022_insalubridade_auxiliares_de_turma.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3485/p.i_008.2022__-_relacao_evasao_escolar.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3793/p.i_009.2022__-_informacoes_obras_emei_rainha.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3800/p.i_010.2022__-_informacoes_supressao_arvores_nativas.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3573/pi_013.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3574/pi_14_contrato_muro.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3804/p.i_015.2022__-_relacao_gastos_verba_fundeb.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3796/p.i_016.2022__-_prazo_contrato_151.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3799/p.i_017.2022__-_prazo_de_obra_firmada_pela_lei_2302.2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3669/pp_cestas_basicas.odt" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3668/pi_nova_pracinha_infantil_na_praca_de_tras..odt" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3687/pi.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3823/pi_21_repasse_ongs.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3346/pedido_de_providencia_001.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3327/p.p_002.2022_-_verificacao_iluminacao_geral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3844/221228170718.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3849/221228170623.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3848/221228170409.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3846/221228170311.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3845/221228165851.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3847/221228165713.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3843/221228155451.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3842/221228155107.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3328/p.p_003.2022_-_placa_indicativa_estacionamento.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3433/pp_14.22_guaritas_salva_vidas.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3457/pedido_0152022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3347/pedido_de_providencia_016.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3734/pedido_providencia_17.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3738/pedido_de_providencia_18.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3344/pp_19_reposicao_de_pvs.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3429/pp_20.22abertura_de_rua.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3424/pp_21.22_reposicao_de_lampadas.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3431/pp_22retirada_dos_postes.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3360/p.p_.2022_-_quebra_molas_manoel_nazario_e_paulo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3460/pedido_0242022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3361/p.p_025.2022_-_placas_indicativas_nomeacao_logradouros.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3362/p.p_026.2022_-_placas_indicativas_nomeacao_ruas.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3365/pp_27bueiro.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3373/p.p_028.2022_-_pavimentacao_ruas_araponga_ipe_e_rio_apucae.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3372/p.p_029.2022_-_insalubridade_aux_turma.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3401/220316161701.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3394/220224174921.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3462/pedido_0322022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3386/pedido_de_previdencia.033.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3404/pedido_de_providencia_34.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3405/pedido_de_providencia_35.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3408/pedido_de_providencia_36.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3409/pedido_de_providencia_37.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3418/pedido_providencia_038.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3432/pedido_providencia_39.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3438/pedido_de_providencia_040.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3439/pedido_de_providencia_041.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3399/p.p_043.2022_-_limpeza_terreno_baldio_marina.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3406/pedido_de_providencia_44.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3435/pedido_de_providencia_045.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3436/pedido_de_providencia_046.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3437/pedido_de_providencia_047.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3463/pedido_0482022_pdf.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3464/pedido_0492022_pdf.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3465/pedido_0502022_pdf.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3466/pedido_0512022_pdf.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3467/pedido_0522022_pdf.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3452/pedido_0532022_pdf.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3453/pedido_0542022_pdf.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3454/pedido_0552022_pdf.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3411/56.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3412/pp_57pvs_arpoador.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3413/pp_58_lixeiras_arpoador.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3414/pp_59_parada_de_onibus_no_arpoador.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3415/pp_60_academia.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3416/pp_61_bueiro_em_frente_escola_major.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3410/62.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3407/63.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3841/221228154704.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3837/221228154146.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3836/221228153740.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3458/pedido_de_providencia_067.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3451/pedido_de_providencia_068.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3449/pedido_de_providencia_069.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3448/pedido_de_providencia_070.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3447/pedido_de_providencia_071.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3446/pedido_de_providencia_072.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3444/pedido_de_providencia_073.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3445/pedido_de_providencia_074.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3455/pedido_0132022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3509/p.p_075.2022_-_esgotamento_pluvial_guara_norte.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3456/pedido_0772022_pdf.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3461/pedido_0782022_pdf.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3459/220418180945.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3819/p.p_080.2022_-_buraco_ruas.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3821/p.p_081.2022_-_municipalizacao_rs-407.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3741/pedido_de_providencia_82.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3739/pedido_providencia_83.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3489/pedido_de_providencia_084.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3492/pedido_de_providencia_085.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3488/pedido_de_providencia_086.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3495/pedido_de_providencia_087.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3497/pedido_de_providencia_088.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3502/pedido_de_providencia_089.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3508/pedido_de_providencia_090.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3510/pedido_de_providencia_091.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3493/p.p_092.2022_-_leis_aprovadas_nao_implementadas.odt" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3818/p.p_093.2021_-_iluminacao_canario_da_terra.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3820/p.p_094.2021_-_iluminacao_irere.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3507/p.p_095.2021_-_iluminacao_beira_mar.odt" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3479/pedido_de_providencia_096.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3480/pedido_de_providencia_097.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3481/pedido_de_providencia_098.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3482/pedido_de_providencia_099.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3484/pedido_de_providencia_100.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3490/pedido_de_providencia_101.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3491/pedido_de_providencia_102.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3499/pedido_de_providencia_103.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3504/pedido_de_providencia_104.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3505/pedido_de_providencia_105.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3740/pedido_providencia_108.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3743/pedido_providencia_109.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3521/111_pavs_em_todas_ruas_do_figueirinha.odt" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3515/112_notificar_corsan_figueirinha.odt" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3516/pedido_de_providencia_113.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3518/p.p_114.2022_-_regularizacao_guara_norte_junto_ao_cadastro_da_pmx.odt" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3517/115_limpeza_e_retirada_de_entulhos_na_rua_arara_azul.odt" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3520/116_pavs_rua_o.odt" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3525/pedido_de_providencia_117.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3526/pedido_de_providencia_118.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3522/pedido_de_providencia_119.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3523/120_retirada_de_entulho_arpoador.odt" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2023/3854/2301051612410001.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3519/p.p_123.2022_-_limpeza_terreno_marina_alameda_safira.odt" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3524/p.p_124.2022_-_limpeza_terreno_baldio_guatapi.odt" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2023/3856/2301051641370001_2.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2023/3857/2301051658310001.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3529/pedido_de_providencia_127.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3527/parada_de_onibus_128_rua_rio_camisas.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3536/pedido_de_providencia_129.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3537/pedido_de_providencia_130.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3538/pedido_de_providencia_131.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3744/pedido_providencia_132.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3549/pedido_de_providencia_133.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3552/pp136.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3773/p.p_138.2021_-_conselho_protecao_e_defesa_animal.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3772/p.p_139.2021_-_ruas_atlantida.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3553/140pp.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3554/220530183237.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3775/p.p_142.2022_-lampada_rua_geloi_jose_da_silva.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3828/pp_1432022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3575/pp_145_rede_de_iluminacao_rua_azulao.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3576/146_rede_de_iluminacao_emei_figueirinha.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3577/pp_147_base_asfaltico.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3582/220620175653.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3771/p.p_152.2022_-_meio_fio_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3777/p.p_153.2022_-_sistema_de_protecao_figueirinha_rs_389.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3778/p.p_154.2022_-_substituicao_bracos_postes.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3838/pedido_de_providencia_rua_rio_camisas.odt" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3593/pedido_de_providencia_17_23-05-2022.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3745/pedido_providencia_157.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3746/pedido_providencia_158.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3774/p.p_159.2022_-_segunda_edicao_livro_raizes.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3840/221228152622.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3776/p.p_161.2022_-_posto_de_atendimento_ceee.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3835/pedido_providencia_8_de_agosto.odt" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3618/pedido_de_providencia_163_postes_luz_arpoador.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3617/pp164figueirinha.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3779/p.p_165.2022_-_quebra-molas_rua_rio_ibicui.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3749/pedido_providencia_166.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3750/pedido_providencia_167.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3751/pdido_providencia_168.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3616/pp169arpoador.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3830/pp_1702022.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3780/p.p_171.2022_-_verificacao_iluminacao_geral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3826/placas_indicativas_ruas_arpoador_e_figueirinha.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3653/nova_pracinha_173_figueirinha.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3654/pp_pavs.odt" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3752/pedido_providencia_179.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3781/p.p_180.2022_-_placas_indicativas_nomeacao_logradouros.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3671/colocacao_placas_indicativa_bairro_figueirinha.odt" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3661/corte_do_mato_alto_na_beira_da_estrada_do_mar_..odt" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3672/corte_grama_pracinhas_figueirinha..odt" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3662/retirada_entulho_resto_pracinha_arpoador_rua_luiz_comunelli.odt" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3663/tapa_buraco_atlantida.odt" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3754/pedido_providencia_186.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3831/pp_1872022.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3833/pp_1882022.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3665/pedido_de_providencia_189.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3666/pedido_de_providencia_190.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3664/pp_191_arpoador_ceee.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3756/pedido_de_providencia_192.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3748/pedido_de_providencia_193.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3782/p.p_194.2022_-_quebra_molas_rio_novo_e_24hrs.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3673/pp_pracinha_nos_pinheiros..odt" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3670/pp_parada_escolar_arpoador_cobertura_maior_.odt" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3667/bracos_nos_postes_aguia_real_figueirinha..odt" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3753/pedido_de_providencia_199.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3747/pedido_providencia_200.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3678/limpeza_lixo_rua_o.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3677/limpeza_valo_figueirinha.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3679/corte_do_mato_alto_na_beira_da_estrada_do_mar_..pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3676/pedido_de_providencia_204.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3757/pedido_providencia_205.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3759/pedido_providencia_206.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3755/pedido_providencia_207.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3688/pp.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3758/pedido_de_providencia_209.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3700/iluminacao_campo_marina_maristela.odt" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3699/pedido_de_providencia_211.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3783/p.p_212.2022_-_funcionamento_ecoponto_final_de_semana_e_feriado.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3785/p.p_213.2022_-_cobertura_maquinario_ecoponto.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3787/p.p_214.2022_-_doacao_de_sangue.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3822/recolocacao_dos_redutores_de_velocidade_atlantida_215.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3789/p.p_216.2022_-_quebra_molas_rs.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3790/p.p_217.2022_-_meio-fio_rua_rio_camisas.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3784/p.p_218.2022_-_buraco_rio_camisas.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3718/pp_219.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3825/220_pp_pracinha_fundos_figueirinha.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3788/p.p_222.2022_-_praca_antonio_casaccia.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3791/p.p_223.2022_-_aparelhos_ginastica.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3801/p.p_224.2022_-_limpeza_passarelas_beira_mar.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3737/poda_mato_alto_estrada_do_mar.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3742/caminhao_retirada_de_entulho_bairro_figueirinha.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3733/limpeza_e_corte_grama_praca_dos_fundos_bairro_figueirinha.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3735/revisao_lampadas_bairro_fig.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3736/colocacao_de_rede_de_iluminacao_na_frente_emei_fig.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3829/pp_2312022.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3832/pp_2322022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3839/pedido_de_providencia_quebra.odt" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3834/pp_234-2022.odt" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3815/p.p_235.2022_-_cumprimento_codigo_de_posturas.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3768/limpeza_rua_atras_do_casa_hermosa.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3769/limpeza_alameda_rua_apucae.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3786/p.p_219.2022_-_cobertura_patio_centro_administrativo.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3824/pedido_providencia_242.odt" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2023/3855/pp137-2022.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3635/projeto_de_decreto_legislativo_2015_2022.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3636/projeto_de_decreto_legislativo_2016_2022.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3637/projeto_de_decreto_legislativo_2017_2022.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3638/projeto_de_decreto_legislativo_2018_2022.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3639/projeto_de_decreto_legislativo_2019_2022.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3530/proposta_emenda_lei_organica_001_2022.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3324/001_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3330/002_2022_proj_lei_mesa.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3331/003_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3329/004_2022_proj.de_lei.autoriza_desafetacao_matricula.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3349/005_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3350/006_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3351/007_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3352/008.proj.de_lei._.altera_1715-2014_-_ajuda_de_custo_medicos.proc._digital_19403-2022.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3353/009-2022_.altera_1771-2015_-_analista_previdenciario.proc._digital_17125-2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3354/010_projeto_de_lei_-_criacao_procuradoria_geral_do_municipio_-_versao_final_21-1-22_2.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3356/012._projeto_de_lei_-_altera_1373_-_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3357/013.proj.de_lei._.altera_anexo_v_-_a_-_planejamento_da_despesa_com_pessoal.proc._digital.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3358/014._projeto_de_lei_-_altera_a_lei_1.006-2007_-_quadro_de_cargos_-_versao_final_21-01-22_-.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3359/015_projeto_de_lei_-_lei_de_estrutura_consolidada_-_revoga_lei_537_versao_final_21-01-22_v._3.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3366/016_2022_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3367/17.2022_proj.de_lei_.sec._planejamento.desafetacao_area_para_pavimentar_.proc._digital_18086-2022.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3368/018_2022_proj.lei.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3369/019.2022_proj.de_lei_.contratacao_temporaria_smec._supervisor.proc._digital_20399-2022.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3370/020.2022.proj.de_lei._contratacao_temporaria_-procurador._processo_digita.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3371/021_2022_pro_lei_vale_pecun.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3379/022.2022_proj.de_lei.altera_a_lei_129_2022_._altera_art_1_.proc._digital_3777-2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3380/024_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3382/027_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3383/028_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3384/029_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3385/030_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3387/031.2022._contratacao_temporaria_smec.proc._digital_22710-2022.professor_de_series_inicias.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3388/032_2022.proj.de_lei._revoga_lei_2357-2022.proc._digital_21745-2022.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3389/033.2022.proj.de_lei._revoga_lei_2217_e_2238-2021.proc._digital_22698-2022.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3390/034.2022.projet._de_lei_altera_1006_acresce_vagas_para_cuidador_processo_21745-2022.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3391/035.2022_proj.de_lei.altera_art_21_23.proc._digital_22528-2022.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3392/036_2022.proj.de_lei.altera_a_lei_1006-2007.acresce_numero_de_vagas_de_auxiliares_processo_22857-2022.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3396/039.2022_projeto_de_lei-_altera_lei_907-2006_consignado_35_processo_18143-2022_4.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3397/040.2022_projet._de_lei_altera_1006_acresce_vagas_para_psicologo_processo_24726-2022_1.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3398/041.2022minuta_projeto_de_lei_-2022_-_supl._secretarias_r_9.487.81465_proc._20826-2022_3.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3419/042_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3420/043_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3421/044_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3422/045_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3423/046_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3425/047_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3427/048_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3428/049_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3430/050_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3441/052_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3442/053_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3443/054_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3468/055_2022_proj_lei_serginho.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3469/056_2022_proj_lei_vivia.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3470/057_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3471/058_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3472/059_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3473/060_2022_proj_lei_jorge.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3474/061_2022_proj_lei_jorge.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3475/062_2022_proj_lei_duda.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3477/064_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3478/065_2022_proj_lei_vivia.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3513/066_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3540/069.2022__nomeacao_sala_de_comissoes.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3542/070.2022_proj.de_lei._.abre_orcamento_finisa.proc._digita.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3543/071_2022_proj_lei_jorge.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3544/072_2022_proj_lei_cleomar.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3545/073_2022_proj_lei_vivia.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3546/074_2022_proj_lei_jorge.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3569/080.2022_proj.de_lei.bombeiros.proc._digital_32778-2022.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3571/082.2022_proj.de_lei_.contratacao_temporaria_smec.proc._digital_34058-2022.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3572/083.2022_proj.de_lei_.contratacao_temporaria_meio_ambiente.medico_veterinario.proc._digital_27326-2022.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3578/084_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3580/086_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3581/087_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3583/088_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3584/089_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3585/090_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3586/091_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3587/092_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3588/093_2022_ldo_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3589/094_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3590/095_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3594/096_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3604/097_2022_proj_lei_funcionamento_24hrs_farmacias.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3595/098_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3596/099_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3597/100_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3598/101_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3599/102_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3606/104_2022_proj_lei_jorge_setembro_amarelo.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3607/105_2022_proj_lei_jorge_programa_combate_pobreza_menstrual.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3608/106.2022_proj.de_lei_.contratacao_temporaria_arquiteto.proc._digital_39632-2022.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3609/107.2022_projet._de_lei_altera_1006_acresce_vagas_para_motorista_leves_processo_39724-2022.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3611/109.2022_-_prevencao_evasao_escolar.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3612/110.2022_-_hortas_comunitarias.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3613/111.2022_-_incentivo_aos_esportes_e_competicoes.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3614/112_2022_proj_lei_vivia.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3619/114.2022.projeto_de_lei_-_altera_lei_1974-2017.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3620/115_2022_proj_lei_cleomar.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3621/116_2022_proj_lei_cleomar.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3622/117.2022.projeto_de_lei_-_altera_lei_2405.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3623/118.2022._contratacao_temporaria_smec.proc._digital_41640-2022.professor_de_series_inicias.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3624/119.2022.projeto_de_lei_-_altera_lei_2273_proc.35635-2022_2.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3625/120.2022.projeto_de_lei_-_altera_lei_2272_proc.35635-2022_2.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3627/122_2022_proj_lei_geovane.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3628/124.2022.projeto_de_lei_-_altera_lei_777-2005_proc.41124-2022.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3630/125_2022_mulher_viva_1.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3631/126_2022_pl_praca_diogo_elibio_da_silva....pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3632/127_2022_proj._de_lei_fundestur_altera_lei_1701-2014_proc.digital_27369-2022.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3640/128_2022.projet._de_lei_altera_1006_acresce_vagas_proc.43082-2022.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3641/129_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3642/130_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3650/131_2022_alteracao_de_ruas.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3651/132_2022_proj_lei_chiquinho.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3655/133_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3656/134_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3657/135_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3658/136.2022_proj.de_lei_.autoriza_a_prorrogacao_contrato_agente_combate_a_endemias.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3659/137.2022_proj.de_lei_.contratacao_temporaria_professor_educacao_fisica._proc._digital_45993-2022.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3674/138.2022_proj.de_lei_.contratacao_temporaria_engenheiro.proc._digital_48113-2022.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3675/139.2022_proj.de_lei_.comite_municipal_de_mobilizacao_fiscalizacao_combate_e_controle_aedes._proc._digital_47007-2022.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3682/141.2022_proj.de_lei_.amlinorte_60_meses_proc._45582-2022.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3683/142.2022_proj.de_lei_.amlinorte_12_meses_proc._45582-2022.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3684/143.2022_proj._de_lei_._credito_especial.proc._dgital_46842-2022.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3685/144.2022_proj.de_lei_.altera_anexo_i_da_lei_2273-2021_ppa_2022-2025_proc._46842-2022.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3686/145.2022_proj.de_lei_.altera_anexo_iii_da_lei_2272-2021_ppa_2022-2025_proc._46842-2022.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3690/146.2022_projeto_de_lei-_autoriza_repasse_hospital_life_pediatra_proc._48518-2022.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3691/147.2022_projeto_de_lei-_autoriza_repasse_hospital_life_traumatogia_proc._48518-2022.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3692/148.2022_projeto_de_lei_-_abre_credito_no_orcamento._proc_48518-2022.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3694/149.2022_proj.de_lei._revoga_lei_2452-2022.proc._digital_45582-2022.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3695/150.2022_proj.de_lei_.altera_artigo_2_da_lei_2454-2022_proc._45582-2022.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3696/151.2022_proj.de_lei_.altera_artigo_2_da_lei_2453-2022_proc._45582-2022.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3697/152.2022_projeto_de_lei_-_dispoe_sobre_a_loa_2023._proc.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3698/153.2022_projeto_adalcir.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3701/154.2022_projeto_de_lei-_autoriza_repasse_conseg_processo_37789-2022.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3702/155.2022_projeto_de_lei-_autoriza_mudanca_de_categoria_cnh._proc._47708-2022.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3703/156.2022_projeto_de_lei-_institui_denominacao_dos_logradouros_publicos._proc._50045-2022.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3704/157.2022_projeto_de_lei-_institui_pdv_programa_desligacao_voluntaria._proc._43749-2022.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3706/158_2022_nomeacao_de_rua_celestino_.......pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3707/159_2022_davi_nomeacao_de_rua_pedro_soares......pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3708/160.2022_projeto_de_lei-_autoriza_repasse_surf_processo_50885-2022.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3709/161.2022_projeto_de_lei-_autoriza_repasse_patrocinio_processo_50885-2022.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3710/162.2022_proj.de_lei._iptu_e_ptm_2023.proc._digital_51114-2022.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3711/163.2022_projeto_de_lei-_alterai_lei2468_repasse_conseg_processo_37789-2022.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3717/164.2022_-_panfletos.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3713/165.2022_proj.de_lei_.autoriza_a_prorrogacao_contrato_professor_ingles._proc._52216-2022.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3714/166.2022_proj.de_lei_.contratacao_temporaria_auxiliar_de_turma._proc._digital_52216-2022.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3715/167.2022_proj.de_lei_.contratacao_temporaria_professor_de_ingles._proc._digital_52216-2022.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3716/pl_168_2022.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3719/169.2022_proj.de_lei_.contratacao_temporaria_condutor_e_tecnico_enfermagem.proc._digital_49553-2022.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3720/170.2022_projeto_de_lei-_autoriza_repasse_conseg_processo_37632-2022.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3721/171.2022_proj.de_lei_.contratacao_temporaria_psicologo_psicopedagoga_fono_terapeuta._proc._digital_47001-2022.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3722/172.2022_proj.de_lei_.autoriza_a_prorrogacao_contrato_psicologa._proc._51084-2022.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3728/173_2022_julho_branco.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3729/174.2022_proj.de_lei_.altera_anexo_i_da_lei_2273-2021_ppa_2022-2025_proc._49942-2022.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3730/175.2022_proj._de_lei_._credito_especial.proc._dgital_49942-2022.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3731/176.2022_proj.de_lei_.criacao_conselho_municipal_comas_proc._53081-2022.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3732/177.2022_proj.de_lei_.altera_anexo_iii_da_lei_2272-2021_ppa_2022-2025_proc._49942-2022.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3761/178.2022-proj.de-lei-.-altera-lei-499-2020.proc.-digital-54522-2022.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3762/179.2022.projeto-de-lei---altera-lei-1851-2016-indices.-proc.digital-56233-2022.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3763/180.2022.projeto-de-lei---reposicao-salarial.-indices.-proc.-digital-56233-2022.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3764/181.2022-projeto-de-lei--autorizao-municipio-a-permuta-terrenos.-proc.-50022-2022.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3765/182.2022-proj.de-lei--.altera-lei-2334-2022-proc.56120-2022.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3766/183.2022-projeto-de-lei--autoriza-repasse-hospital-life-pediatra-proc.-55131-2022.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3325/001_2022_proj_lei_compl.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3512/002_2022_proj_lei_compl.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3541/004.2022.projeto_de_lei_-_altera_lei_419-90_1_terco_abono.processo_31656-2022.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3601/005_2022_plc.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3602/006_2022_plc.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3603/007_2022_plc.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3633/008_2022_plc_adalcir.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3643/009_2022.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3660/010_2022.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3705/011_2022pl_iptu_verde.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3767/013.2022.projeto-de-lei-complementar---altera-lei-419-90-licenca-2-anos.processo-54542-2022.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3723/006_2022_projeto_resolucao_procuradoria_novo.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3645/veto_97_2022.doc" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3646/veto_105_2022.docx" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3647/veto_109_2022.doc" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3648/veto_111_2022.doc" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3649/veto_110_2022.doc" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3652/veto_125_2022.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3348/pedido_de_indicacao_padaria_comunitaria.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3592/sugere_ao_executivo_a_possibilidade_de_implantacao_de_uma_unidade_da_casa_da_mulher_xangrilense_no_municipio..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3803/p.ind_005.2022_-_cursos_pre-enem_e_vestibular.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3792/p.ind_006.2022_-_casa_do_acolhimento.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3591/007_2022_ped_indic_vivia.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3794/p.ind_009.2022_-_capacitacao_primeiros_socorres_rede_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3798/p.ind_011.2022_-_pobreza_menstrual.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3806/p.ind_012.2022_-_beneficio_do_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3795/p.ind_013.2022_-_hortas_comunitarias.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3797/p.ind_014.2022_-_evasao_escolar.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3805/p.ind_015.2022_-_incentivo_a_compteticoes_esportivas.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3680/troca_de_rota_escolar_bairro_figueirinha.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3827/convenio_oftalmologista_hospital_life_plus_17.odt" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3770/indicacao_proc_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3689/pi.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3724/emenda_001_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3725/emenda_002_-_vivian.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3726/emenda_003_-_jorge.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3727/emenda_004_-_sergio.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3326/mocao_001.2022_-_repudio_endereco_tabelionato.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3375/mocao_de_pesar_-_antonio_jose_da_silva_.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3376/mocao_de_pesar_-_elmar_wagner_.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3377/mocao_de_pesar_-_manoel_sarmento.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3378/mocao_de_pesar_-_francisco_barcella_.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3440/mocao_de_pesar_-_darci_nascimento.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3802/mocao_de_pesar__013.2022_-_alba_.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3807/mocao_de_pesar__024.2022_-_antonio_.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3808/mocao_de_pesar__015.2022_-_leda_tarasconi_.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3809/mocao_de_pesar__016.2022_-_lauro.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3810/mocao_de_pesar__017.2022_-_felipe_.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3811/mocao_de_pesar__019.2022_-_jair_.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3812/mocao_de_pesar__018.2022_-_diogo_.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3813/mocao_de_pesar__023.2022_-_teresinha.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3814/mocao_de_pesar__024.2022_-_antonio_.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3816/mocao_de_pesar__025.2022_-_paulo_pescador_.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3817/mocao_de_pesar__021.2022_-_roseli.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3345/pedido_de_informacao_001.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3363/pi_02.2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3364/pi_03.2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3374/p.i_004.2022__-_relacao_cavalos_apreendidos.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3403/p.i_005.2022__-_documentacao_parceria_pvs_maori.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3400/p.i_006.2022__-_indice_gastos_com_pessoal.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3417/pi_07.2022_insalubridade_auxiliares_de_turma.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3485/p.i_008.2022__-_relacao_evasao_escolar.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3793/p.i_009.2022__-_informacoes_obras_emei_rainha.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3800/p.i_010.2022__-_informacoes_supressao_arvores_nativas.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3573/pi_013.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3574/pi_14_contrato_muro.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3804/p.i_015.2022__-_relacao_gastos_verba_fundeb.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3796/p.i_016.2022__-_prazo_contrato_151.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3799/p.i_017.2022__-_prazo_de_obra_firmada_pela_lei_2302.2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3669/pp_cestas_basicas.odt" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3668/pi_nova_pracinha_infantil_na_praca_de_tras..odt" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3687/pi.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3823/pi_21_repasse_ongs.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3346/pedido_de_providencia_001.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3327/p.p_002.2022_-_verificacao_iluminacao_geral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3844/221228170718.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3849/221228170623.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3848/221228170409.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3846/221228170311.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3845/221228165851.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3847/221228165713.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3843/221228155451.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3842/221228155107.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3328/p.p_003.2022_-_placa_indicativa_estacionamento.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3433/pp_14.22_guaritas_salva_vidas.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3457/pedido_0152022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3347/pedido_de_providencia_016.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3734/pedido_providencia_17.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3738/pedido_de_providencia_18.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3344/pp_19_reposicao_de_pvs.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3429/pp_20.22abertura_de_rua.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3424/pp_21.22_reposicao_de_lampadas.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3431/pp_22retirada_dos_postes.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3360/p.p_.2022_-_quebra_molas_manoel_nazario_e_paulo_teixeira.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3460/pedido_0242022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3361/p.p_025.2022_-_placas_indicativas_nomeacao_logradouros.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3362/p.p_026.2022_-_placas_indicativas_nomeacao_ruas.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3365/pp_27bueiro.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3373/p.p_028.2022_-_pavimentacao_ruas_araponga_ipe_e_rio_apucae.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3372/p.p_029.2022_-_insalubridade_aux_turma.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3401/220316161701.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3394/220224174921.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3462/pedido_0322022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3386/pedido_de_previdencia.033.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3404/pedido_de_providencia_34.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3405/pedido_de_providencia_35.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3408/pedido_de_providencia_36.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3409/pedido_de_providencia_37.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3418/pedido_providencia_038.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3432/pedido_providencia_39.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3438/pedido_de_providencia_040.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3439/pedido_de_providencia_041.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3399/p.p_043.2022_-_limpeza_terreno_baldio_marina.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3406/pedido_de_providencia_44.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3435/pedido_de_providencia_045.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3436/pedido_de_providencia_046.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3437/pedido_de_providencia_047.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3463/pedido_0482022_pdf.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3464/pedido_0492022_pdf.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3465/pedido_0502022_pdf.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3466/pedido_0512022_pdf.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3467/pedido_0522022_pdf.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3452/pedido_0532022_pdf.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3453/pedido_0542022_pdf.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3454/pedido_0552022_pdf.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3411/56.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3412/pp_57pvs_arpoador.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3413/pp_58_lixeiras_arpoador.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3414/pp_59_parada_de_onibus_no_arpoador.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3415/pp_60_academia.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3416/pp_61_bueiro_em_frente_escola_major.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3410/62.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3407/63.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3841/221228154704.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3837/221228154146.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3836/221228153740.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3458/pedido_de_providencia_067.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3451/pedido_de_providencia_068.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3449/pedido_de_providencia_069.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3448/pedido_de_providencia_070.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3447/pedido_de_providencia_071.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3446/pedido_de_providencia_072.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3444/pedido_de_providencia_073.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3445/pedido_de_providencia_074.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3455/pedido_0132022.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3509/p.p_075.2022_-_esgotamento_pluvial_guara_norte.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3456/pedido_0772022_pdf.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3461/pedido_0782022_pdf.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3459/220418180945.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3819/p.p_080.2022_-_buraco_ruas.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3821/p.p_081.2022_-_municipalizacao_rs-407.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3741/pedido_de_providencia_82.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3739/pedido_providencia_83.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3489/pedido_de_providencia_084.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3492/pedido_de_providencia_085.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3488/pedido_de_providencia_086.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3495/pedido_de_providencia_087.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3497/pedido_de_providencia_088.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3502/pedido_de_providencia_089.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3508/pedido_de_providencia_090.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3510/pedido_de_providencia_091.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3493/p.p_092.2022_-_leis_aprovadas_nao_implementadas.odt" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3818/p.p_093.2021_-_iluminacao_canario_da_terra.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3820/p.p_094.2021_-_iluminacao_irere.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3507/p.p_095.2021_-_iluminacao_beira_mar.odt" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3479/pedido_de_providencia_096.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3480/pedido_de_providencia_097.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3481/pedido_de_providencia_098.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3482/pedido_de_providencia_099.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3484/pedido_de_providencia_100.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3490/pedido_de_providencia_101.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3491/pedido_de_providencia_102.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3499/pedido_de_providencia_103.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3504/pedido_de_providencia_104.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3505/pedido_de_providencia_105.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3740/pedido_providencia_108.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3743/pedido_providencia_109.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3521/111_pavs_em_todas_ruas_do_figueirinha.odt" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3515/112_notificar_corsan_figueirinha.odt" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3516/pedido_de_providencia_113.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3518/p.p_114.2022_-_regularizacao_guara_norte_junto_ao_cadastro_da_pmx.odt" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3517/115_limpeza_e_retirada_de_entulhos_na_rua_arara_azul.odt" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3520/116_pavs_rua_o.odt" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3525/pedido_de_providencia_117.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3526/pedido_de_providencia_118.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3522/pedido_de_providencia_119.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3523/120_retirada_de_entulho_arpoador.odt" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2023/3854/2301051612410001.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3519/p.p_123.2022_-_limpeza_terreno_marina_alameda_safira.odt" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3524/p.p_124.2022_-_limpeza_terreno_baldio_guatapi.odt" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2023/3856/2301051641370001_2.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2023/3857/2301051658310001.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3529/pedido_de_providencia_127.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3527/parada_de_onibus_128_rua_rio_camisas.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3536/pedido_de_providencia_129.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3537/pedido_de_providencia_130.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3538/pedido_de_providencia_131.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3744/pedido_providencia_132.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3549/pedido_de_providencia_133.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3552/pp136.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3773/p.p_138.2021_-_conselho_protecao_e_defesa_animal.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3772/p.p_139.2021_-_ruas_atlantida.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3553/140pp.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3554/220530183237.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3775/p.p_142.2022_-lampada_rua_geloi_jose_da_silva.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3828/pp_1432022.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3575/pp_145_rede_de_iluminacao_rua_azulao.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3576/146_rede_de_iluminacao_emei_figueirinha.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3577/pp_147_base_asfaltico.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3582/220620175653.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3771/p.p_152.2022_-_meio_fio_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3777/p.p_153.2022_-_sistema_de_protecao_figueirinha_rs_389.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3778/p.p_154.2022_-_substituicao_bracos_postes.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3838/pedido_de_providencia_rua_rio_camisas.odt" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3593/pedido_de_providencia_17_23-05-2022.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3745/pedido_providencia_157.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3746/pedido_providencia_158.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3774/p.p_159.2022_-_segunda_edicao_livro_raizes.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3840/221228152622.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3776/p.p_161.2022_-_posto_de_atendimento_ceee.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3835/pedido_providencia_8_de_agosto.odt" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3618/pedido_de_providencia_163_postes_luz_arpoador.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3617/pp164figueirinha.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3779/p.p_165.2022_-_quebra-molas_rua_rio_ibicui.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3749/pedido_providencia_166.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3750/pedido_providencia_167.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3751/pdido_providencia_168.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3616/pp169arpoador.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3830/pp_1702022.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3780/p.p_171.2022_-_verificacao_iluminacao_geral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3826/placas_indicativas_ruas_arpoador_e_figueirinha.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3653/nova_pracinha_173_figueirinha.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3654/pp_pavs.odt" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3752/pedido_providencia_179.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3781/p.p_180.2022_-_placas_indicativas_nomeacao_logradouros.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3671/colocacao_placas_indicativa_bairro_figueirinha.odt" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3661/corte_do_mato_alto_na_beira_da_estrada_do_mar_..odt" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3672/corte_grama_pracinhas_figueirinha..odt" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3662/retirada_entulho_resto_pracinha_arpoador_rua_luiz_comunelli.odt" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3663/tapa_buraco_atlantida.odt" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3754/pedido_providencia_186.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3831/pp_1872022.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3833/pp_1882022.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3665/pedido_de_providencia_189.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3666/pedido_de_providencia_190.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3664/pp_191_arpoador_ceee.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3756/pedido_de_providencia_192.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3748/pedido_de_providencia_193.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3782/p.p_194.2022_-_quebra_molas_rio_novo_e_24hrs.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3673/pp_pracinha_nos_pinheiros..odt" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3670/pp_parada_escolar_arpoador_cobertura_maior_.odt" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3667/bracos_nos_postes_aguia_real_figueirinha..odt" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3753/pedido_de_providencia_199.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3747/pedido_providencia_200.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3678/limpeza_lixo_rua_o.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3677/limpeza_valo_figueirinha.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3679/corte_do_mato_alto_na_beira_da_estrada_do_mar_..pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3676/pedido_de_providencia_204.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3757/pedido_providencia_205.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3759/pedido_providencia_206.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3755/pedido_providencia_207.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3688/pp.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3758/pedido_de_providencia_209.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3700/iluminacao_campo_marina_maristela.odt" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3699/pedido_de_providencia_211.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3783/p.p_212.2022_-_funcionamento_ecoponto_final_de_semana_e_feriado.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3785/p.p_213.2022_-_cobertura_maquinario_ecoponto.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3787/p.p_214.2022_-_doacao_de_sangue.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3822/recolocacao_dos_redutores_de_velocidade_atlantida_215.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3789/p.p_216.2022_-_quebra_molas_rs.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3790/p.p_217.2022_-_meio-fio_rua_rio_camisas.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3784/p.p_218.2022_-_buraco_rio_camisas.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3718/pp_219.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3825/220_pp_pracinha_fundos_figueirinha.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3788/p.p_222.2022_-_praca_antonio_casaccia.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3791/p.p_223.2022_-_aparelhos_ginastica.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3801/p.p_224.2022_-_limpeza_passarelas_beira_mar.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3737/poda_mato_alto_estrada_do_mar.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3742/caminhao_retirada_de_entulho_bairro_figueirinha.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3733/limpeza_e_corte_grama_praca_dos_fundos_bairro_figueirinha.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3735/revisao_lampadas_bairro_fig.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3736/colocacao_de_rede_de_iluminacao_na_frente_emei_fig.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3829/pp_2312022.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3832/pp_2322022.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3839/pedido_de_providencia_quebra.odt" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3834/pp_234-2022.odt" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3815/p.p_235.2022_-_cumprimento_codigo_de_posturas.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3768/limpeza_rua_atras_do_casa_hermosa.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3769/limpeza_alameda_rua_apucae.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3786/p.p_219.2022_-_cobertura_patio_centro_administrativo.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3824/pedido_providencia_242.odt" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2023/3855/pp137-2022.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3635/projeto_de_decreto_legislativo_2015_2022.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3636/projeto_de_decreto_legislativo_2016_2022.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3637/projeto_de_decreto_legislativo_2017_2022.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3638/projeto_de_decreto_legislativo_2018_2022.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3639/projeto_de_decreto_legislativo_2019_2022.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3530/proposta_emenda_lei_organica_001_2022.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3324/001_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3330/002_2022_proj_lei_mesa.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3331/003_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3329/004_2022_proj.de_lei.autoriza_desafetacao_matricula.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3349/005_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3350/006_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3351/007_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3352/008.proj.de_lei._.altera_1715-2014_-_ajuda_de_custo_medicos.proc._digital_19403-2022.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3353/009-2022_.altera_1771-2015_-_analista_previdenciario.proc._digital_17125-2021.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3354/010_projeto_de_lei_-_criacao_procuradoria_geral_do_municipio_-_versao_final_21-1-22_2.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3356/012._projeto_de_lei_-_altera_1373_-_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3357/013.proj.de_lei._.altera_anexo_v_-_a_-_planejamento_da_despesa_com_pessoal.proc._digital.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3358/014._projeto_de_lei_-_altera_a_lei_1.006-2007_-_quadro_de_cargos_-_versao_final_21-01-22_-.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3359/015_projeto_de_lei_-_lei_de_estrutura_consolidada_-_revoga_lei_537_versao_final_21-01-22_v._3.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3366/016_2022_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3367/17.2022_proj.de_lei_.sec._planejamento.desafetacao_area_para_pavimentar_.proc._digital_18086-2022.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3368/018_2022_proj.lei.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3369/019.2022_proj.de_lei_.contratacao_temporaria_smec._supervisor.proc._digital_20399-2022.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3370/020.2022.proj.de_lei._contratacao_temporaria_-procurador._processo_digita.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3371/021_2022_pro_lei_vale_pecun.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3379/022.2022_proj.de_lei.altera_a_lei_129_2022_._altera_art_1_.proc._digital_3777-2021.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3380/024_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3382/027_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3383/028_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3384/029_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3385/030_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3387/031.2022._contratacao_temporaria_smec.proc._digital_22710-2022.professor_de_series_inicias.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3388/032_2022.proj.de_lei._revoga_lei_2357-2022.proc._digital_21745-2022.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3389/033.2022.proj.de_lei._revoga_lei_2217_e_2238-2021.proc._digital_22698-2022.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3390/034.2022.projet._de_lei_altera_1006_acresce_vagas_para_cuidador_processo_21745-2022.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3391/035.2022_proj.de_lei.altera_art_21_23.proc._digital_22528-2022.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3392/036_2022.proj.de_lei.altera_a_lei_1006-2007.acresce_numero_de_vagas_de_auxiliares_processo_22857-2022.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3396/039.2022_projeto_de_lei-_altera_lei_907-2006_consignado_35_processo_18143-2022_4.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3397/040.2022_projet._de_lei_altera_1006_acresce_vagas_para_psicologo_processo_24726-2022_1.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3398/041.2022minuta_projeto_de_lei_-2022_-_supl._secretarias_r_9.487.81465_proc._20826-2022_3.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3419/042_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3420/043_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3421/044_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3422/045_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3423/046_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3425/047_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3427/048_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3428/049_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3430/050_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3441/052_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3442/053_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3443/054_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3468/055_2022_proj_lei_serginho.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3469/056_2022_proj_lei_vivia.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3470/057_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3471/058_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3472/059_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3473/060_2022_proj_lei_jorge.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3474/061_2022_proj_lei_jorge.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3475/062_2022_proj_lei_duda.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3477/064_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3478/065_2022_proj_lei_vivia.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3513/066_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3540/069.2022__nomeacao_sala_de_comissoes.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3542/070.2022_proj.de_lei._.abre_orcamento_finisa.proc._digita.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3543/071_2022_proj_lei_jorge.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3544/072_2022_proj_lei_cleomar.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3545/073_2022_proj_lei_vivia.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3546/074_2022_proj_lei_jorge.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3569/080.2022_proj.de_lei.bombeiros.proc._digital_32778-2022.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3571/082.2022_proj.de_lei_.contratacao_temporaria_smec.proc._digital_34058-2022.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3572/083.2022_proj.de_lei_.contratacao_temporaria_meio_ambiente.medico_veterinario.proc._digital_27326-2022.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3578/084_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3580/086_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3581/087_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3583/088_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3584/089_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3585/090_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3586/091_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3587/092_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3588/093_2022_ldo_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3589/094_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3590/095_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3594/096_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3604/097_2022_proj_lei_funcionamento_24hrs_farmacias.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3595/098_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3596/099_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3597/100_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3598/101_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3599/102_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3606/104_2022_proj_lei_jorge_setembro_amarelo.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3607/105_2022_proj_lei_jorge_programa_combate_pobreza_menstrual.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3608/106.2022_proj.de_lei_.contratacao_temporaria_arquiteto.proc._digital_39632-2022.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3609/107.2022_projet._de_lei_altera_1006_acresce_vagas_para_motorista_leves_processo_39724-2022.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3611/109.2022_-_prevencao_evasao_escolar.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3612/110.2022_-_hortas_comunitarias.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3613/111.2022_-_incentivo_aos_esportes_e_competicoes.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3614/112_2022_proj_lei_vivia.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3619/114.2022.projeto_de_lei_-_altera_lei_1974-2017.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3620/115_2022_proj_lei_cleomar.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3621/116_2022_proj_lei_cleomar.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3622/117.2022.projeto_de_lei_-_altera_lei_2405.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3623/118.2022._contratacao_temporaria_smec.proc._digital_41640-2022.professor_de_series_inicias.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3624/119.2022.projeto_de_lei_-_altera_lei_2273_proc.35635-2022_2.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3625/120.2022.projeto_de_lei_-_altera_lei_2272_proc.35635-2022_2.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3627/122_2022_proj_lei_geovane.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3628/124.2022.projeto_de_lei_-_altera_lei_777-2005_proc.41124-2022.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3630/125_2022_mulher_viva_1.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3631/126_2022_pl_praca_diogo_elibio_da_silva....pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3632/127_2022_proj._de_lei_fundestur_altera_lei_1701-2014_proc.digital_27369-2022.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3640/128_2022.projet._de_lei_altera_1006_acresce_vagas_proc.43082-2022.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3641/129_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3642/130_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3650/131_2022_alteracao_de_ruas.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3651/132_2022_proj_lei_chiquinho.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3655/133_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3656/134_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3657/135_2022_proj_lei.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3658/136.2022_proj.de_lei_.autoriza_a_prorrogacao_contrato_agente_combate_a_endemias.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3659/137.2022_proj.de_lei_.contratacao_temporaria_professor_educacao_fisica._proc._digital_45993-2022.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3674/138.2022_proj.de_lei_.contratacao_temporaria_engenheiro.proc._digital_48113-2022.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3675/139.2022_proj.de_lei_.comite_municipal_de_mobilizacao_fiscalizacao_combate_e_controle_aedes._proc._digital_47007-2022.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3682/141.2022_proj.de_lei_.amlinorte_60_meses_proc._45582-2022.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3683/142.2022_proj.de_lei_.amlinorte_12_meses_proc._45582-2022.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3684/143.2022_proj._de_lei_._credito_especial.proc._dgital_46842-2022.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3685/144.2022_proj.de_lei_.altera_anexo_i_da_lei_2273-2021_ppa_2022-2025_proc._46842-2022.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3686/145.2022_proj.de_lei_.altera_anexo_iii_da_lei_2272-2021_ppa_2022-2025_proc._46842-2022.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3690/146.2022_projeto_de_lei-_autoriza_repasse_hospital_life_pediatra_proc._48518-2022.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3691/147.2022_projeto_de_lei-_autoriza_repasse_hospital_life_traumatogia_proc._48518-2022.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3692/148.2022_projeto_de_lei_-_abre_credito_no_orcamento._proc_48518-2022.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3694/149.2022_proj.de_lei._revoga_lei_2452-2022.proc._digital_45582-2022.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3695/150.2022_proj.de_lei_.altera_artigo_2_da_lei_2454-2022_proc._45582-2022.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3696/151.2022_proj.de_lei_.altera_artigo_2_da_lei_2453-2022_proc._45582-2022.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3697/152.2022_projeto_de_lei_-_dispoe_sobre_a_loa_2023._proc.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3698/153.2022_projeto_adalcir.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3701/154.2022_projeto_de_lei-_autoriza_repasse_conseg_processo_37789-2022.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3702/155.2022_projeto_de_lei-_autoriza_mudanca_de_categoria_cnh._proc._47708-2022.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3703/156.2022_projeto_de_lei-_institui_denominacao_dos_logradouros_publicos._proc._50045-2022.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3704/157.2022_projeto_de_lei-_institui_pdv_programa_desligacao_voluntaria._proc._43749-2022.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3706/158_2022_nomeacao_de_rua_celestino_.......pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3707/159_2022_davi_nomeacao_de_rua_pedro_soares......pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3708/160.2022_projeto_de_lei-_autoriza_repasse_surf_processo_50885-2022.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3709/161.2022_projeto_de_lei-_autoriza_repasse_patrocinio_processo_50885-2022.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3710/162.2022_proj.de_lei._iptu_e_ptm_2023.proc._digital_51114-2022.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3711/163.2022_projeto_de_lei-_alterai_lei2468_repasse_conseg_processo_37789-2022.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3717/164.2022_-_panfletos.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3713/165.2022_proj.de_lei_.autoriza_a_prorrogacao_contrato_professor_ingles._proc._52216-2022.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3714/166.2022_proj.de_lei_.contratacao_temporaria_auxiliar_de_turma._proc._digital_52216-2022.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3715/167.2022_proj.de_lei_.contratacao_temporaria_professor_de_ingles._proc._digital_52216-2022.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3716/pl_168_2022.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3719/169.2022_proj.de_lei_.contratacao_temporaria_condutor_e_tecnico_enfermagem.proc._digital_49553-2022.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3720/170.2022_projeto_de_lei-_autoriza_repasse_conseg_processo_37632-2022.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3721/171.2022_proj.de_lei_.contratacao_temporaria_psicologo_psicopedagoga_fono_terapeuta._proc._digital_47001-2022.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3722/172.2022_proj.de_lei_.autoriza_a_prorrogacao_contrato_psicologa._proc._51084-2022.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3728/173_2022_julho_branco.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3729/174.2022_proj.de_lei_.altera_anexo_i_da_lei_2273-2021_ppa_2022-2025_proc._49942-2022.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3730/175.2022_proj._de_lei_._credito_especial.proc._dgital_49942-2022.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3731/176.2022_proj.de_lei_.criacao_conselho_municipal_comas_proc._53081-2022.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3732/177.2022_proj.de_lei_.altera_anexo_iii_da_lei_2272-2021_ppa_2022-2025_proc._49942-2022.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3761/178.2022-proj.de-lei-.-altera-lei-499-2020.proc.-digital-54522-2022.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3762/179.2022.projeto-de-lei---altera-lei-1851-2016-indices.-proc.digital-56233-2022.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3763/180.2022.projeto-de-lei---reposicao-salarial.-indices.-proc.-digital-56233-2022.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3764/181.2022-projeto-de-lei--autorizao-municipio-a-permuta-terrenos.-proc.-50022-2022.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3765/182.2022-proj.de-lei--.altera-lei-2334-2022-proc.56120-2022.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3766/183.2022-projeto-de-lei--autoriza-repasse-hospital-life-pediatra-proc.-55131-2022.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3325/001_2022_proj_lei_compl.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3512/002_2022_proj_lei_compl.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3541/004.2022.projeto_de_lei_-_altera_lei_419-90_1_terco_abono.processo_31656-2022.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3601/005_2022_plc.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3602/006_2022_plc.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3603/007_2022_plc.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3633/008_2022_plc_adalcir.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3643/009_2022.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3660/010_2022.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3705/011_2022pl_iptu_verde.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3767/013.2022.projeto-de-lei-complementar---altera-lei-419-90-licenca-2-anos.processo-54542-2022.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3723/006_2022_projeto_resolucao_procuradoria_novo.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3645/veto_97_2022.doc" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3646/veto_105_2022.docx" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3647/veto_109_2022.doc" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3648/veto_111_2022.doc" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3649/veto_110_2022.doc" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2022/3652/veto_125_2022.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H483"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="37.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="185.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="184.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>