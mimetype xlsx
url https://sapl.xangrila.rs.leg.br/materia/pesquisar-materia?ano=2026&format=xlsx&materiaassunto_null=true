--- v0 (2026-02-02)
+++ v1 (2026-03-21)
@@ -10,718 +10,1183 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="391" uniqueCount="198">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="719" uniqueCount="342">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4836</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Aline Silva</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4836/indicacao_01-2026.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4836/indicacao_01-2026.pdf</t>
   </si>
   <si>
     <t>Sugere a criação da Guarda Municipal de Xangri-Lá, e dá outras providências.</t>
   </si>
   <si>
     <t>4858</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Fabiano Vieira</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4858/indicacao_02.2026.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4858/indicacao_02.2026.pdf</t>
   </si>
   <si>
     <t>Sugere ao Poder Executivo Municipal a implantação de serviço de acolhimento institucional para pessoas idosas, na modalidade de acolhimento provisório ou de longa permanência, no âmbito da política municipal de assistência social.</t>
   </si>
   <si>
+    <t>4882</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Serginho do Bem</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4882/indicacao_03.2026.pdf</t>
+  </si>
+  <si>
+    <t>A propositura do seguinte Projeto de Lei Ordinária: _x000D_
+ Projeto de Lei nº ____/2026  Institui o Programa Nota Premiada Xangri-Lá 2026 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4904</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4904/indicacao_04.2026.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Municipal de Promoção da  Cultura e das Tradições Gaúchas nas Escolas Públicas Municipais de Xangri-Lá e dá outras providências</t>
+  </si>
+  <si>
+    <t>4909</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Mari Lavieja</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4909/indicacao_05-2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação do Cadastro Municipal  de Protetores Independentes de Animais e dá outras providências</t>
+  </si>
+  <si>
     <t>4814</t>
   </si>
   <si>
     <t>PI</t>
   </si>
   <si>
     <t>Pedido de Informações</t>
   </si>
   <si>
     <t>Adalcir Jacaré</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4814/pedido_de_informacao_01-2026.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4814/pedido_de_informacao_01-2026.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve solicita ao Poder Executivo que informe a esta Casa Legislativa acerca da execução da Emenda Impositiva de autoria do Vereador Adalcir Rodrigues da Silva (MDB), indicada no exercício de 2024 para execução no exercício de 2025._x000D_
 _x000D_
 Requer-se que as informações encaminhadas contenham:_x000D_
 I – a discriminação detalhada da execução por entidade beneficiada, conforme indicado na referida emenda;_x000D_
 II – o valor destinado e efetivamente executado para cada entidade;_x000D_
 III – e, caso não tenha ocorrido a execução total ou parcial, a devida justificativa técnica e administrativa para a não execução_x000D_
 _x000D_
 Justificativa: No exercício da fiscalização.</t>
   </si>
   <si>
     <t>4819</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4819/pedido_de_informacoes_02-2026.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4819/pedido_de_informacoes_02-2026.pdf</t>
   </si>
   <si>
     <t>Solicito ao Poder Executivo que informe a esta Casa Legislativa a data da construção, a empresa responsável pela execução da obra e a modalidade de contratação referentes à galeria localizada na Rua Maria Yeda da Rosa Alves, ao lado do Condomínio Playa Vista, no trecho compreendido entre a Avenida Paraguassu e a Avenida Beira-Mar_x000D_
 _x000D_
 Justificativa: No exercício da Fiscalização</t>
   </si>
   <si>
     <t>4831</t>
   </si>
   <si>
-    <t>3</t>
-[...2 lines deleted...]
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4831/pedido_de_informacoes_03-2026.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4831/pedido_de_informacoes_03-2026.pdf</t>
   </si>
   <si>
     <t>Requer que o Executivo Municipal que informe a esta Casa Legislativa quais são os critérios adotados pela Secretaria Municipal de Saúde para a implantação do método contraceptivo de longa duração (Implanon) no âmbito da rede pública municipal de saúde._x000D_
 Requer, ainda, que sejam prestadas as seguintes informações:_x000D_
 1. Por ESF (Estratégia Saúde da Família), quantas pessoas foram contempladas com a implantação do Implanon no ano de 2025;_x000D_
 2. Por ESF, a relação das pessoas beneficiadas, com envio das informações de forma sigilosa, exclusivamente para fins de fiscalização parlamentar, resguardando-se o sigilo dos dados pessoais e sensíveis, em conformidade com a Lei Geral de_x000D_
 Proteção de Dados (LGPD)._x000D_
 _x000D_
 Obs.: As informações solicitadas deverão ser encaminhadas em caráter sigiloso para o e-mail pessoal do Vereador: xxxxxxxxxxxxxxxxx@gmail.com, exclusivamente para o exercício da função fiscalizatória.</t>
   </si>
   <si>
     <t>4862</t>
   </si>
   <si>
-    <t>4</t>
-[...1 lines deleted...]
-  <si>
     <t>Cris da Academia</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4862/pi.04.2026.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4862/pi.04.2026.pdf</t>
   </si>
   <si>
     <t>Solicito informações sobre os procedimentos adotados para as visitas realizadas pelos Agentes Comunitários de Saúde no município._x000D_
 Com o intuito de informar a população, solicito saber:_x000D_
 1. Se há calendário ou cronograma de visitas às residências;_x000D_
 2.Qual a periodicidade e a frequência dessas visitas;_x000D_
 3. Se existem registros das visitas realizadas;_x000D_
 4. Se há divulgação prévia das datas e dos roteiros das visitas a serem efetuadas;_x000D_
 5.Como são cadastradas as famílias vindas de outros municípios;_x000D_
 6. Se os moradores são cadastrados durante as visitas dos Agentes Comunitários de Saúde ou se_x000D_
 precisam se dirigir a algum local específico;_x000D_
 7. Se existe um período determinado do ano para a realização do cadastro e, em caso afirmativo,_x000D_
 qual é esse período</t>
   </si>
   <si>
     <t>4869</t>
   </si>
   <si>
-    <t>5</t>
-[...1 lines deleted...]
-  <si>
     <t>Daiane Emerim</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4869/pi_05.2026.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4869/pi_05.2026.pdf</t>
   </si>
   <si>
     <t>Que o Poder Executivo Municipal, por meio do setor competente, encaminhe a esta Casa Legislativa a relação dos imóveis contemplados com o benefício de isenção de IPTU nos anos de 2024 e 2025, no Município de Xangri-Lá.</t>
   </si>
   <si>
+    <t>4876</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4876/p.i_07.2026.pdf</t>
+  </si>
+  <si>
+    <t>Ao Poder Executivo Municipal, por meio da Secretaria Municipal de Saúde, que informe: _x000D_
+1. Qual o motivo da falta de fonoaudiólogo(a) para atendimento de crianças com Transtorno do Espectro Autista (TEA), considerando que o serviço está _x000D_
+interrompido há mais de dois meses? _x000D_
+_x000D_
+2. Quantas crianças autistas estão atualmente sem atendimento fonoaudiológico na rede pública municipal? _x000D_
+_x000D_
+3. Existe previsão para contratação ou retorno do profissional?  Em caso positivo, informar a data prevista.  Em caso negativo, justificar.</t>
+  </si>
+  <si>
+    <t>4875</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4875/p.i_008_big_wolf_1.pdf</t>
+  </si>
+  <si>
+    <t>Ao Poder Executivo Municipal que informe a esta Casa Legislativa acerca dos fatos relacionados ao cancelamento do evento Big Wolf Cup (etapa da Liga _x000D_
+Brasileira de Futevôlei) que estava previsto para ocorrer no município de Xangri-Lá, evento previamente autorizado e divulgado.</t>
+  </si>
+  <si>
+    <t>4879</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4879/pi.092026.pdf</t>
+  </si>
+  <si>
+    <t>Solicito ao Poder Executivo Municipal que informe a esta Casa Legislativa as seguintes informações:_x000D_
+1. Quem foi a empresa ou responsável pela execução da canalização de drenagem_x000D_
+pluvial na Avenida Ágata, no trecho compreendido entre a Avenida Paraguassu e_x000D_
+a Avenida Beira-Mar?_x000D_
+2. No referido trecho, houve danificação de calçadas (passeio público) em_x000D_
+decorrência da execução da obra?_x000D_
+3. Caso tenha ocorrido danificação, por qual motivo a empresa responsável pela obra_x000D_
+não realizou a reconstituição de todas as calçadas danificadas?_x000D_
+4. Considerando a situação, por qual motivo a Prefeitura está executando, com_x000D_
+funcionários próprios, a reconstrução das calçadas no trecho mencionado acima?_x000D_
+_x000D_
+Justificativa: _x000D_
+No execercício da fiscalização</t>
+  </si>
+  <si>
     <t>4815</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
     <t>Pedido de Providências</t>
   </si>
   <si>
-    <t>Mari Lavieja</t>
-[...2 lines deleted...]
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4815/pedido_de_providencias_01-2026.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4815/pedido_de_providencias_01-2026.pdf</t>
   </si>
   <si>
     <t>Requer que seja ampliada a disponibilização de sacos plásticos de lixo, nas cores azul e preto, ao longo da faixa de praia do Município, bem como avaliada a necessidade de reforço nos pontos de coleta existentes O Município conta atualmente com empresa terceirizada responsável pela limpeza da orla marítima, além de ações de conscientização e educação ambiental, que reforçam que cada cidadão é responsável pelo correto descarte de seus resíduos._x000D_
 _x000D_
 Entretanto, verifica-se que a quantidade de sacos plásticos e pontos de coleta disponíveis na faixa de praia não tem sido suficiente para atender a demanda atual de resíduos, especialmente em períodos de maior circulação de moradores e turistas._x000D_
 _x000D_
 Para que o comportamento ambientalmente adequado seja efetivamente praticado pela população, é imprescindível que o Poder Público ofereça infraestrutura compatível, com oferta adequada de sacos de coleta e lixeiras, auxiliando na preservação ambiental, na limpeza da orla, na saúde pública e na manutenç</t>
   </si>
   <si>
     <t>4816</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4816/pedido_de_providencias_02-2026.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4816/pedido_de_providencias_02-2026.pdf</t>
   </si>
   <si>
     <t>A Vereadora que subscreve, no uso de suas atribuições legais e regimentais, vem, respeitosamente, requerer providências por parte do Poder Executivo Municipal para que seja encaminhado à Secretaria competente, o presente PEDIDO DE PROVIDÊNCIAS, para que sejam adotadas medidas de redução e controle de velocidade na Avenida Paraguassu, nº 374, Bairro Marina, neste município._x000D_
 _x000D_
 O referido trecho da via apresenta quilômetros contínuos de pavimentação asfáltica, o que tem favorecido o excesso de velocidade por parte dos condutores, colocando em risco a segurança viária e a integridade física de moradores, pedestres e animais._x000D_
 _x000D_
 Ressalta-se que, neste local, já foram registrados acidentes envolvendo veículos e motocicletas, bem como atropelamentos recorrentes de cães e gatos, evidenciando a necessidade urgente de intervenção do Poder Público._x000D_
 _x000D_
 Diante disso, solicita-se a avaliação técnica e posterior instalação de dispositivos adequados, tais como quebra-molas, redutores de velocidade, sinaliz</t>
   </si>
   <si>
     <t>4817</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4817/pedido_de_providencias_03-2026.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4817/pedido_de_providencias_03-2026.pdf</t>
   </si>
   <si>
     <t>Vereador que este subscreve solicita ao Poder Executivo que providencie a instalação de uma parada de ônibus na Avenida Paraguassu, nas proximidades da esquina com a Rua Rio Uruguai. _x000D_
 _x000D_
 A solicitação atende a um pedido dos moradores e usuários do transporte coletivo da região, que atualmente não contam com um local adequado para embarque e desembarque, ficando expostos ao sol, chuva e demais intempéries.</t>
   </si>
   <si>
     <t>4818</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4818/pedido_de_providencias_04-2026.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4818/pedido_de_providencias_04-2026.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve solicita ao Poder Executivo que providencie a instalação de uma faixa elevada ou quebra-molas na Alameda localizada entre a Rua Rio Divisa e a Rua Rio Uruguai_x000D_
 _x000D_
 Reiterando pedido anteriormente encaminhado, os moradores da referida localidade voltam a solicitar a adoção dessa medida, tendo em vista o excesso de velocidade praticado por veículos que transitam pelo local, colocando em risco a segurança de pedestres, moradores</t>
   </si>
   <si>
     <t>4820</t>
   </si>
   <si>
     <t>Geovanão</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4820/pedido_de_providencias_05-2026.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4820/pedido_de_providencias_05-2026.pdf</t>
   </si>
   <si>
     <t>solicito a troca de lâmpada na rua Presalino Espindola n° 874, bairro Guará_x000D_
 _x000D_
 Justificativa: Reivindicação dos moradores</t>
   </si>
   <si>
     <t>4823</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4823/pp_06-2026.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4823/pp_06-2026.pdf</t>
   </si>
   <si>
     <t>Solicito providências quanto às passarelas de acesso à beira da praia, em razão de questões relacionadas à segurança dos usuários:_x000D_
 _x000D_
 1- A instalação de pequenas madeiras ou calços nas laterais/cantos das passarelas, de modo a permitir um apoio mais seguro para o pisar;_x000D_
 _x000D_
 2- Que seja realizada uma vistoria e revisão geral das passarelas, com atenção especial às madeiras irregulares, soltas ou desniveladas, que vêm causando tropeços e pode causar acidentes._x000D_
 _x000D_
 Justificativa: Os pedidos apresentados se justificam pela necessidade de garantir mais segurança aos usuários das passarelas de acesso à beira da praia, tendo em vista que atualmente há desníveis, madeiras irregulares e ausência de apoio adequado em alguns pontos, o que tem ocasionado escorregões, tropeços e quedas._x000D_
 _x000D_
 A situação se torna ainda mais preocupante quando se considera o grande número de idosos e pessoas com mobilidade reduzida que utilizam esses acessos, estando mais vulneráveis a acidentes. Assim, as medidas solicitadas vis</t>
   </si>
   <si>
     <t>4824</t>
   </si>
   <si>
-    <t>7</t>
-[...2 lines deleted...]
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4824/pp_07-2026.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4824/pp_07-2026.pdf</t>
   </si>
   <si>
     <t>Solicito a recolocação de lâmpadas na Praça da Marina, especialmente na cancha de bocha e no entorno do quiosque redondo. A falta de iluminação adequada nesses locais dificulta o uso do espaço pela comunidade no período noturno, além de aumentar a sensação de insegurança. A melhoria da iluminação contribuirá para a segurança, o lazer e a convivência dos moradores que utilizam a praça.</t>
   </si>
   <si>
     <t>4829</t>
   </si>
   <si>
-    <t>8</t>
-[...2 lines deleted...]
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4829/pp_08-2026.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4829/pp_08-2026.pdf</t>
   </si>
   <si>
     <t>Solicito a adoção de providências na Rua Genuíno Padilha, próximo ao número 29, no Bairro_x000D_
 Arpoador, diante das seguintes situações:_x000D_
 1. Limpeza do meio-fio e desobstrução das sarjetas, tendo em vista o acúmulo de terra, vegetação_x000D_
 e sujeira, o que tem impedido o escoamento adequado da água da via;_x000D_
 2. Que seja notificada a Corsan para a recolocação dos PAVs retirados para a passagem de_x000D_
 tubulação, uma vez que:_x000D_
 • Os PAVs foram deixados sobre a calçada;_x000D_
 • O local da intervenção permanece com um buraco preenchido apenas com areia,_x000D_
 oferecendo risco a motoristas e pedestres;_x000D_
 3. Reparo ou substituição da placa de identificação da Rua Genuíno Padilha, na esquina com a_x000D_
 Rua A, que se encontra quebrada;_x000D_
 4. Limpeza da calçada do terreno localizado na mesma esquina (Rua Genuíno Padilha com Rua_x000D_
 A), pois os moradores retiraram toda a terra que estava no meio da rua e colocaram na calçada,_x000D_
 na tentativa de melhorar o trânsito dos veículos e o escoamento de água.</t>
   </si>
   <si>
     <t>4825</t>
   </si>
   <si>
-    <t>9</t>
-[...2 lines deleted...]
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4825/pp_09-2026.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4825/pp_09-2026.pdf</t>
   </si>
   <si>
     <t>Solicito a implantação de faixa de pedestres, faixa de pedestres elevada, quebra-molas ou outros redutores de velocidade na Avenida Paraguassu, no trecho compreendido entre a Farmácia Panvel e a Agropecuária Macanudo, em frente à alameda Rio do Peixe._x000D_
 _x000D_
 Justificativa: O local indicado apresenta grande fluxo de pedestres, em razão da presença de estabelecimentos comerciais e da alameda, a qual é amplamente utilizada como caminho de acesso à praia._x000D_
 _x000D_
 A implantação de uma faixa de pedestres, preferencialmente elevada, contribuirá de forma significativa para a redução da velocidade dos veículos, a melhoria da visibilidade e o aumento da segurança viária, promovendo melhores condições de mobilidade urbana e a preservação da integridade física da população.</t>
   </si>
   <si>
     <t>4826</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4826/pp_10-2026.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4826/pp_10-2026.pdf</t>
   </si>
   <si>
     <t>Solicito a retirada de um enxame de abelhas que se encontra no poste localizado em frente à creche do bairro Figueirinha._x000D_
 _x000D_
 Justificativa: A presença do enxame no referido local representa risco à integridade física das crianças, servidores e demais pessoas que circulam pela creche, uma vez que possíveis ataques podem causar acidentes graves, especialmente em crianças pequenas e pessoas alérgicas. Diante disso, faz-se necessária a adoção de providências urgentes para garantir a segurança da comunidade.</t>
   </si>
   <si>
     <t>4830</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4830/pp_11-2026.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4830/pp_11-2026.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo  Municipal, por meio do setor competente, que seja realizada limpeza e capina na Rua Irerê,_x000D_
 localizada no Bairro Atlântida.</t>
   </si>
   <si>
     <t>4840</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4840/pp012.2026.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4840/pp012.2026.pdf</t>
   </si>
   <si>
     <t>Solicito que seja realizada a limpeza do terreno localizado na Quadra 21, Lote 7, Setor 376 situado na Avenida Paragussu, Bairro Remanso.</t>
   </si>
   <si>
     <t>4839</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/</t>
   </si>
   <si>
     <t>Solicito que seja realizada a limpeza do terreno localizado na Quadra 21, Lote 11, Setor 376, com frente para a Rua Virgílio Borges, no Bairro Remanso.</t>
   </si>
   <si>
     <t>4838</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Que seja providenciada a implantação de iluminação pública na Avenida Parque Central Norte, no acesso que segue em direção ao Município de Capão da Canoa, localizado atrás do cemitério municipal</t>
   </si>
   <si>
     <t>4832</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4832/pp_15_2026.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4832/pp_15_2026.pdf</t>
   </si>
   <si>
     <t>Requer  fiscalização e adoção de medidas cabíveis em relação aos veículos abandonados em vias públicas, principalmente nas ruas Rio Camisas, no bairro Centro, e Porto Alegre, no bairro Remanso.</t>
   </si>
   <si>
     <t>4833</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4833/pp_16_2026.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4833/pp_16_2026.pdf</t>
   </si>
   <si>
     <t>Requer inspeção sanitária , quanto às condições de higienização e manutenção de piscina no imóvel localizado na Rua Tapes, Setor 376, Quadra 21, Lote 21, Bairro Remanso.</t>
   </si>
   <si>
     <t>4834</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4834/pp_17_2026.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4834/pp_17_2026.pdf</t>
   </si>
   <si>
     <t>Requer a realização de estudo de viabilidade técnica para a implantação de uma rotatória ou, alternativamente, de semáforo, visando à melhoria da segurança viária e da fluidez do trânsito, no Cruzamento da Rua Pedro Hygino da Silveira com a Avenida Rio Jacuí;</t>
   </si>
   <si>
     <t>4835</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4835/pp_18_2026.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4835/pp_18_2026.pdf</t>
   </si>
   <si>
     <t>Requer que sejam notificados para promover a devida limpeza e manutenção dos lotes urbanos os proprietários de três imóveis.</t>
   </si>
   <si>
     <t>4841</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4841/pp019-2026.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4841/pp019-2026.pdf</t>
   </si>
   <si>
     <t>Requer a realização urgente de capina e limpeza do canteiro central que inicia no Bairro Marina, altura da Avenida Paraguassu, nº 374, até aproximadamente o Supermercado Asus, nº801, Bairro Noiva do Mar, na mesma avenida</t>
   </si>
   <si>
     <t>4843</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Solicito que verifiquem a iluminação de todo o bairro guará.</t>
   </si>
   <si>
     <t>4842</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4842/pedido_de_providencia_21.2026.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4842/pedido_de_providencia_21.2026.pdf</t>
   </si>
   <si>
     <t>Com base no art. 46, IV da Lei Orgânica; e arts. 189, IX; e 205 do Regimento Interno da Câmara Municipal de Vereadores de Xangri-Lá, solicita-se ao Poder Executivo Municipal: Por meio do setor competente, que seja providenciada a instalação de placas de identificação com o nome “Avenida Jacuí”, no trecho que inicia na Avenida Beira Mar e se estende até a Estrada do Mar (ERS-389).</t>
   </si>
   <si>
     <t>4844</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Solicito que seja notificado o proprietário de terreno abaixo descrito, para que realize a devida limpeza e manutenção, conforme determina a legislação municipal vigente: 1- Terreno localizado na Rua Rio Douradinho, Setor 373, Quadra 125, Lote 22, Bairro Centro. Caso a notificação não seja atendida no prazo legal, solicito que sejam adotadas as medidas previstas no_x000D_
 Artigo 89 da Lei nº 377, de 22 de dezembro de 2000.</t>
   </si>
   <si>
     <t>4846</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4846/pp_23.2026.pdf.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4846/pp_23.2026.pdf.pdf</t>
   </si>
   <si>
     <t>Solicito a instalação de placas de sinalização com a indicação ‘PROIBIDO ESTACIONAR’ na alameda localizada na Rua Timbaúva, entre a Rua Pampo e a Avenida Guará, no bairro Atlântida, conforme previsto no artigo 173-A da Lei nº 377, de 22 de dezembro de 2000, bem como a pintura do meio-fio.</t>
   </si>
   <si>
     <t>4855</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4855/pp_24.2026_2.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4855/pp_24.2026_2.pdf</t>
   </si>
   <si>
     <t>Solicito que a empresa contratada para a realização da decoração de Natal do Município seja notificada para que providencie o fechamento dos buracos deixados na calçada da Igreja, em frente à Praça Ramiro Corrêa.</t>
   </si>
   <si>
     <t>4849</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4849/pp_25.2026.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4849/pp_25.2026.pdf</t>
   </si>
   <si>
     <t>Solicito a fiscalização quanto a veículo abandonado em área pública no Bairro Arpoador, na Rua Valéria, esquina com a Rua Jacques Cousteau, bem como a adoção das medidas cabíveis, conforme estabelece o artigo 88 da Lei nº 377, de 22 de dezembro de 2000.  Solicito também a limpeza da área pública, com o recolhimento de entulhos e galhos descartados irregularmente na mesma área.</t>
   </si>
   <si>
     <t>4857</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4857/pp.26.2026.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4857/pp.26.2026.pdf</t>
   </si>
   <si>
     <t>No exercício de suas atribuições legais e atendendo à solicitação de moradores, vem respeitosamente requerer providências por parte do Poder Executivo Municipal quanto à situação da calçada localizada em frente à residência de nº 284, na Rua Manoel Alves, Bairro Guará, neste município. _x000D_
 Segundo informações prestadas pela proprietária do imóvel, a Prefeitura realizou a abertura da calçada para conserto de uma rede pluvial existente no local. Contudo, após a intervenção, a calçada não foi devidamente refeita, permanecendo até o momento apenas com brita solta, sem a recomposição adequada do passeio público.</t>
   </si>
   <si>
     <t>4859</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4859/pp.27.2026.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4859/pp.27.2026.pdf</t>
   </si>
   <si>
     <t>Solicito que sejam adotadas as providências necessárias para que o caminhão responsável pelo recolhimento do lixo orgânico passe a realizar regularmente a coleta na Rua Faisão e arredores, no Bairro Figueirinha.</t>
   </si>
   <si>
     <t>4861</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Solicito a pavimentação com PVS na Rua Caracol, prioritariamente no trecho compreendido entre a Avenida Central e a Rua Leão Marinho, no Bairro Marina, conforme a Lei nº 2.751/2025, que institui a prioridade na execução das obras de pavimentação com PVS nas vias onde residam pessoas com_x000D_
 deficiência ou com mobilidade reduzida permanente.</t>
   </si>
   <si>
     <t>4866</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4866/pp_29.2026.pdf</t>
-[...2 lines deleted...]
-    <t>A Vereadora que subscreve, no uso de suas atribuições legais e regimentais, vem, respeitosamente, requerer ao Poder Executivo, por intermédio da Secretaria Municipal competente (Segurança Pública), a colocação de câmeras de segurança na Praça Coqueiros no bairro Arpoador.</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4866/pp_29.2026_2.pdf</t>
+  </si>
+  <si>
+    <t>A Vereadora que subscreve, no uso de suas atribuições legais e regimentais, vem, respeitosamente, requerer ao Poder Executivo, por intermédio da Secretaria Municipal competente (Segurança Pública), a colocação de câmeras de segurança na Praça da Bíblia, entre as ruas Osvaldo Barbosa, Luis Comunelli, Ari Bergenthal e Adão Pereira, no bairro Arpoador.</t>
   </si>
   <si>
     <t>4868</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4868/pp_30.2026.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4868/pp_30.2026.pdf</t>
   </si>
   <si>
     <t>Com base no art. 46, IV da Lei Orgânica; e arts. 189, IX; e 205 do Regimento Interno da Câmara Municipal de Vereadores de Xangri-Lá, solicita-se ao Poder Executivo Municipal: Reiteramos o Pedido de Providências realizado no ano de 2025 referente à necessidade de limpeza e manutenção da iluminação pública na ciclovia localizada na extensão que se inicia no Bairro Figueirinha até o Bairro Guará.</t>
   </si>
   <si>
     <t>4867</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4867/pp_31.2026.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4867/pp_31.2026.pdf</t>
   </si>
   <si>
     <t>O  Vereador  que  este  subscreve  solicita  ao  Poder  Executivo  Municipal,  por _x000D_
 meio  do  setor  competente,  que  seja  notificado  o  proprietário  da  área  citada  para _x000D_
 realizar a limpeza  do terreno baldio. _x000D_
 Localizado - Rod Nelson Gonçalves, 5212 _x000D_
 RS 389 _x000D_
 Neste Município.</t>
   </si>
   <si>
+    <t>4870</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4870/pp_32_2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se a pavimentação com PVS na Rua Jasmim, prioritariamente no trecho compreendido entre a Avenida Sul e a Avenida Central, no Bairro Noiva do Mar, conforme a Lei nº 2.751/2025, que institui a prioridade na execução das obras de pavimentação com PVS nas vias onde residam pessoas com deficiência ou com mobilidade reduzida permanente.</t>
+  </si>
+  <si>
+    <t>4871</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4871/pp_33_2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se que seja notificado o proprietário de terreno abaixo descrito, para que realize a devida limpeza, manutenção e o cercamento conforme determina a legislação municipal vigente:_x000D_
+_x000D_
+1- Terreno localizado na Rua Rio Douradinho, n° 1446, esquina com a rua Rio Tainhas, no bairro centro._x000D_
+_x000D_
+Observação: Terreno da antena telefônica._x000D_
+_x000D_
+Caso a notificação não seja atendida no prazo legal, solicito que sejam adotadas as medidas previstas no Artigo 89 da Lei nº 377, de 22 de dezembro de 2000.</t>
+  </si>
+  <si>
+    <t>4872</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4872/pp34.2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se a realização de estudo técnico de engenharia de tráfego no cruzamento da Avenida Paraguassu (Avenida Água Marinha) com a Avenida Central, no bairro Noiva do Mar, com a finalidade de avaliar e implantar medidas de segurança viária, tais como rotatória, sinaleira, redutores de_x000D_
+velocidade, sinalização vertical e horizontal, ou outras soluções técnicas que se mostrarem adequadas. Solicita-se, ainda, seja avaliada e providenciada a correção do desnível existente na Avenida Central, especificamente na esquina com a Avenida Paraguassu (Avenida Água Marinha), no sentido de quem_x000D_
+se desloca para o lado serra, tendo em vista que a atual condição da via compromete a segurança dos condutores, aumenta o risco de acidentes e dificulta a circulação adequada dos veículos.</t>
+  </si>
+  <si>
+    <t>4874</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4874/pp_35.2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicito ao Poder Executivo Municipal, através da Secretaria competente, acolocação de PVS na Rua Rio Camisas, no trecho compreendido entre a_x000D_
+Rua Rio Guarita até o Morro dos Índios, interligando com a Rua Rio Apucaé.</t>
+  </si>
+  <si>
+    <t>4885</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4885/pp.36.2026.pdf</t>
+  </si>
+  <si>
+    <t>A Vereadora que subscreve, no uso de suas atribuições legais e regimentais, vem, respeitosamente, requerer ao Poder Executivo, por intermédio da Secretaria Municipal competente (Secretaria de Planejamento e Meio Ambiente), que sejam colocadas placas informativas nas alamedas do município em cumprimento ao disposto no §3º do art. 173-A do Código de Posturas.</t>
+  </si>
+  <si>
+    <t>4884</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>A Vereadora que subscreve, no uso de suas atribuições legais e regimentais, vem, respeitosamente, requerer ao Poder Executivo, por intermédio da Secretaria Municipal competente (Secretaria de Planejamento e Meio Ambiente), que seja notificado o morador da rua Rio Camisas, _x000D_
+904, bairro Centro, para retirar seus pertences pessoais da alameda ao lado de sua residência, tendo em vista tratar-se de área pública, conforme o art 173-A da Lei 377 de 22/12/2000 (Código de Posturas).</t>
+  </si>
+  <si>
+    <t>4886</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4886/pp_38.2026.pdf</t>
+  </si>
+  <si>
+    <t>Que seja realizada a reabertura da entrada no canteiro central da Avenida Paraguassu, no bairro Arpoador, garantindo novamente o acesso direto ao Mercado Arpoador, como existia anteriormente</t>
+  </si>
+  <si>
+    <t>4888</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4888/rua_genuino_padilha__88_pedido_de_providencias_39_2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicito que seja realizada a limpeza do terreno localizado na Rua Genuíno Padilha, ao lado do nº 88, tendo em vista a presença de mato alto e acúmulo de sujeira no local._x000D_
+Ressalta-se que, caso não seja realizada a devida limpeza em prazo hábil, sejam adotadas as medidas administrativas cabíveis ao proprietário do imóvel, conforme legislação vigente.</t>
+  </si>
+  <si>
+    <t>4889</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4889/genuino_padilha_22__pedido_de_providencias_40_2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicito que seja realizada a limpeza do terreno localizado na Rua Genuíno Padilha, ao lado do nº 22, tendo em vista a presença de mato alto e acúmulo de sujeira no local._x000D_
+Ressalta-se que, caso não seja realizada a devida limpeza em prazo hábil, seja aplicada a Li-PE nº 2.867, de 30 de outubro de 2025, adotando-se as medidas administrativas cabíveis ao proprietário do imóvel.</t>
+  </si>
+  <si>
+    <t>4890</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4890/quebra_mola_rio_da_varzea_pedido_de_providencias_41_2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicito a colocação de um quebra-molas na Rua Rio da Várzea, nas proximidades do número de referência 1605, tendo em vista o tráfego de veículos em alta velocidade no local.</t>
+  </si>
+  <si>
+    <t>4887</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4887/p.p_042.pdf</t>
+  </si>
+  <si>
+    <t>Solicito que seja realizada notificação ao proprietário do terreno baldio localizado na Rua Quartzo, ao lado do nº 1178, no bairro Rainha do Mar, para que seja feita a imediata limpeza e manutenção do local.</t>
+  </si>
+  <si>
+    <t>4891</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4891/pedido_de_providencias_43_2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicito a limpeza e manutenção dos boeiros na antiga Rua Manoel Nazário, atualmente denominada Rua José Elíbio (conhecida como Rua Sem Saída — Morro dos Índios), em razão de obstruções por resíduos que comprometem o escoamento pluvial.</t>
+  </si>
+  <si>
+    <t>4892</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4892/pedido_de_providencias_44_2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de alargamento da Rua Ceriaco Jerônimo de Souza.</t>
+  </si>
+  <si>
+    <t>4894</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4894/pp_45.2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicita-se a pavimentação da Rua Rio Carreiro, no trecho compreendido entre a Rua Rio dos Índios e a Rua Rio Guarita.</t>
+  </si>
+  <si>
+    <t>4901</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4901/pp_46.2026_2.pdf</t>
+  </si>
+  <si>
+    <t>Solicito a colocação de Pvs na Rua Vital Brasil, Bairro Arpoador. A presente solicitação encontra amparo na Lei Municipal nº 2.751/2025, que dispõe sobre a adequação dos projetos de pavimentação em PVS no Município de Xangri-Lá, com preferência de prioridade às vias onde residem pessoas com deficiência ou mobilidade reduzida permanente. Nos termos do art. 1º da referida Lei.</t>
+  </si>
+  <si>
+    <t>4902</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4902/pp_47.2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicito que seja notificado o proprietário do terreno  localizado na Rua Beija Flor, ao lado casa  nº 154 na mesma rua Bairro Atlântida._x000D_
+Ressalta-se que, caso não seja realizada a devida limpeza em prazo hábil, seja aplicada a Lei-PE nº 2.867, de 30 de outubro de 2025, adotando-se as medidas administrativas cabíveis ao proprietário do imóvel, conforme prevê a legislação municipal.</t>
+  </si>
+  <si>
+    <t>4903</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>Eduardo Jardim Alves Duda</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4903/pp_48.2026.pdf</t>
+  </si>
+  <si>
+    <t>Solicito a limpeza e podas das áreas no entorno do Sambaqui do centro.</t>
+  </si>
+  <si>
+    <t>4910</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4910/pp_49-2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer notificação de determinados contribuintes para providenciarem a limpeza de seus lotes urbanos.</t>
+  </si>
+  <si>
     <t>4827</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo de Xangri-Lá a recber patrocínios da iniciativa privada para a realização de eventos constantes na Lei Nº 698, de 18 de Abril de 2005 - Calendário de eventos oficiais, estabelece normas correlatas e dá outras providências.</t>
   </si>
   <si>
     <t>4837</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4837/pl_02.2026.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4837/pl_02.2026.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a receber imóvel a título de doação de MELNICK EVEN GALIО EMPREENDIMENTO IMOBILIÁRIO LTDA; ALM ADMINISTRAÇÃO E PARTICIPAÇÃO IMOBILIÁRIA LTDA; DSD- INCORPORAÇÕES E PARTICIPAÇÕES LTDA.; ATLÂNTICO PROMOÇÕES LTDA.; SUSANA TEREZINHA MATZENBACHER NEDEFF; ANDREA MATZENBACHER NEDEFF; FABIANA MATZENBACHER NEDEFF e MARCELO BRANDÃO DE MATTOS; PEDRO ALBERTO TEDESCO SILBER; FGH EMPRESA DE PARTICIPAÇÕES LTDA.; VAROX LTDA.; e COMERCIAL DE COMBUSTÍVEIS TRÊS FIGUEIRAS LTDA.</t>
   </si>
   <si>
     <t>4852</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4852/processo_122_2026.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4852/processo_122_2026.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei 2891, 04 de dezembro de 2025, que “Autoriza o Poder Executivo a realizar o Processo Seletivo e a contratar servidores temporários para a Secretaria de Educação”</t>
   </si>
   <si>
     <t>4853</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4853/processo_123_2026.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4853/processo_123_2026.pdf</t>
   </si>
   <si>
     <t>Fica o Poder Executivo autorizado a realizar PROCESSO SELETIVO SIMPLIFICADO E CONTRATAR por até 12 (doze) meses visando à contratação de pessoal por tempo determinado para atender às necessidades temporárias e de excepcional interesse público nos termos do artigo 233, inciso IV e 235 do RJU.</t>
   </si>
   <si>
     <t>4854</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4854/processo_124_2026.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4854/processo_124_2026.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar  servidores temporariamente para a  Secretaria de Educação.</t>
   </si>
   <si>
     <t>4860</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4860/pl_006.2026.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4860/pl_006.2026.pdf</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>4863</t>
   </si>
   <si>
     <t>Alexandre Rivael</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4863/pl_007-2026.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4863/pl_007-2026.pdf</t>
   </si>
   <si>
     <t>Denomina “Rua Pedro Ruby Prestes” o logradouro público localizado no Bairro Atlântida, no Município de Xangri-Lá.</t>
   </si>
   <si>
     <t>4864</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4864/pl_008-2026.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4864/pl_008-2026.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei 2891, 04 de dezembro de 2025, que “Autoriza o Poder Executivo a realizar o Processo Seletivo e a contratar servidores temporários para a Secretaria de Educação.</t>
   </si>
   <si>
     <t>4865</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4865/pl_009-2026.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4865/pl_009-2026.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Promoção da Cultura e das Tradições Gaúchas nas Escolas Públicas Municipais de Xangri-Lá e dá outras providências.</t>
   </si>
   <si>
+    <t>4877</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4877/pl_10_2026.pdf</t>
+  </si>
+  <si>
+    <t>Institui e inclui no Calendário Oficial de Eventos do Município de Xangri-Lá o Carnaval de Rua e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4873</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4873/projeto_de_lei_11-2026.pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivo da Lei 2.920, de 05 de fevereiro de 2026 que “Autoriza o Poder Executivo a receber imóvel a título de doação de MELNICK EVEN GALIO EMPREENDIMENTO IMOBILIÁRIO LTDA; ALM ADMINISTRAÇÃO E PARTICIPAÇÃO IMOBILIÁRIA LTDA; DSD - INCORPORAÇÕES E PARTICIPAÇÕES LTDA.; ATLÂNTICO PROMOÇÕES LTDA.; ANDREA MATZENBACHER NEDEFF; FABIANA MATZENBACHER NEDEFF e MARCELO BRANDÃO DE MATTOS; TRÊS FIGUEIRAS LTDA.”</t>
+  </si>
+  <si>
+    <t>4878</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4878/pl_12_26__prancha_comunicacao.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a instalação de Pranchas de Comunicação Alternativa em espaços públicos do Município de Xangri-Lá e estabelece outras providências.</t>
+  </si>
+  <si>
+    <t>4881</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4881/pl_013-2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre medidas de controle,  recolhimento e responsabilização relacionadas a animais de pequeno porte sem tutor no Município de Xangri-Lá e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4883</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4883/pl_014-2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a outorgar concessão de direito real de uso de imóvel público à Associação de Pais e Amigos dos Atípicos de Xangri-Lá - AMA e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4893</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4893/pl.15.2026.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Código Municipal de Defesa, Proteção e Bem-Estar Animal do Município de Xangri-Lá e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4895</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4895/projeto_de_lei_016.2026.pdf</t>
+  </si>
+  <si>
+    <t>Fica garantido o exame de mamografia a todas as mulheres a partir dos 40 anos de idade no âmbito do Município de Xangri-Lá.</t>
+  </si>
+  <si>
+    <t>4896</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4896/pl_17.2026.pdf</t>
+  </si>
+  <si>
+    <t>Abre no orçamento vigente crédito adicional especial e dá outras providência</t>
+  </si>
+  <si>
+    <t>4897</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4897/pl_18.2026.pdf</t>
+  </si>
+  <si>
+    <t>Abre no orçamento vigente crédito adicional especial e dá outras providências</t>
+  </si>
+  <si>
+    <t>4898</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4898/pl_19.2026.pdf</t>
+  </si>
+  <si>
+    <t>Regulamenta a concessão de Apoio Institucional a eventos de interesse público no âmbito do Município de Xangri-Lá e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4899</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4899/pl_20.2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a celebrar termo de transação tributária para a extinção de créditos relacionados ao empreendimento "Condomínio One Atlântida Houses" e dá outras providências.</t>
+  </si>
+  <si>
+    <t>4900</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4900/pl_21.2026.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a Autarquia Municipal PREV-XANGRI-LÁ a realizar Processo Seletivo e a contratar temporariamente Procurador.</t>
+  </si>
+  <si>
+    <t>4906</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4906/000.2026_projeto_de_lei..abre_credito_fundo_de_saude..proc_195081_e_195083_de_2026_credito_especial_1.pdf</t>
+  </si>
+  <si>
+    <t>Abre no orçamento vigente crédito adicional especial e da outras providências.</t>
+  </si>
+  <si>
+    <t>4907</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4907/00.2026_-_projeto_de_lei_-_altera_lei_2891-2025_-_proc_digital_199490-2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivos da Lei 2891, 04 de dezembro de 2025, que “Autoriza o Poder Executivo a realizar o Processo Seletivo e a contratar servidores temporários para a Secretaria de Educação".</t>
+  </si>
+  <si>
+    <t>4908</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4908/000.2026_projeto_de_lei..._alteracao_lei_2876...suprimi_vaga_de_medicos....proc._digital_200376-2026_1.pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivos da Lei 2876 de 24 de novembro de 2025 que “Autoriza o Poder Executivo a realizar o Processo Seletivo e a contratar servidores temporários para a Secretaria de Saúde”.</t>
+  </si>
+  <si>
+    <t>4880</t>
+  </si>
+  <si>
+    <t>PLC</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4880/plc_001-2026.pdf</t>
+  </si>
+  <si>
+    <t>Altera e acresce dispositivos na Lei nº 419, de 24 de maio de 1990 (RJU), que “Dispõe sobre o regime jurídico único dos servidores públicos do Município e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>4905</t>
+  </si>
+  <si>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4905/plc_20.2026.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Jovem Aprendiz Xangrilense no âmbito do Município de Xangri-Lá e dá outras providência</t>
+  </si>
+  <si>
     <t>4828</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4828/projeto_de_resolucao_01-2026.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4828/projeto_de_resolucao_01-2026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a organização dos serviços internos relativos à gestão e à separação de resíduos sólidos, bem como sobre a obrigatoriedade de disponibilização de lixeiras seletivas nas dependências da Câmara Municipal de Vereadores de Xangri-Lá</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1028,67 +1493,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4836/indicacao_01-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4858/indicacao_02.2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4814/pedido_de_informacao_01-2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4819/pedido_de_informacoes_02-2026.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4831/pedido_de_informacoes_03-2026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4862/pi.04.2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4869/pi_05.2026.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4815/pedido_de_providencias_01-2026.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4816/pedido_de_providencias_02-2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4817/pedido_de_providencias_03-2026.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4818/pedido_de_providencias_04-2026.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4820/pedido_de_providencias_05-2026.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4823/pp_06-2026.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4824/pp_07-2026.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4829/pp_08-2026.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4825/pp_09-2026.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4826/pp_10-2026.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4830/pp_11-2026.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4840/pp012.2026.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4832/pp_15_2026.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4833/pp_16_2026.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4834/pp_17_2026.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4835/pp_18_2026.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4841/pp019-2026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4842/pedido_de_providencia_21.2026.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4846/pp_23.2026.pdf.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4855/pp_24.2026_2.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4849/pp_25.2026.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4857/pp.26.2026.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4859/pp.27.2026.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4866/pp_29.2026.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4868/pp_30.2026.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4867/pp_31.2026.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4837/pl_02.2026.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4852/processo_122_2026.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4853/processo_123_2026.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4854/processo_124_2026.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4860/pl_006.2026.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4863/pl_007-2026.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4864/pl_008-2026.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4865/pl_009-2026.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4828/projeto_de_resolucao_01-2026.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4836/indicacao_01-2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4858/indicacao_02.2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4882/indicacao_03.2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4904/indicacao_04.2026.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4909/indicacao_05-2026.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4814/pedido_de_informacao_01-2026.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4819/pedido_de_informacoes_02-2026.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4831/pedido_de_informacoes_03-2026.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4862/pi.04.2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4869/pi_05.2026.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4876/p.i_07.2026.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4875/p.i_008_big_wolf_1.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4879/pi.092026.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4815/pedido_de_providencias_01-2026.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4816/pedido_de_providencias_02-2026.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4817/pedido_de_providencias_03-2026.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4818/pedido_de_providencias_04-2026.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4820/pedido_de_providencias_05-2026.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4823/pp_06-2026.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4824/pp_07-2026.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4829/pp_08-2026.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4825/pp_09-2026.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4826/pp_10-2026.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4830/pp_11-2026.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4840/pp012.2026.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4832/pp_15_2026.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4833/pp_16_2026.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4834/pp_17_2026.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4835/pp_18_2026.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4841/pp019-2026.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4842/pedido_de_providencia_21.2026.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4846/pp_23.2026.pdf.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4855/pp_24.2026_2.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4849/pp_25.2026.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4857/pp.26.2026.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4859/pp.27.2026.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4866/pp_29.2026_2.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4868/pp_30.2026.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4867/pp_31.2026.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4870/pp_32_2026.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4871/pp_33_2026.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4872/pp34.2026.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4874/pp_35.2026.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4885/pp.36.2026.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4886/pp_38.2026.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4888/rua_genuino_padilha__88_pedido_de_providencias_39_2026.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4889/genuino_padilha_22__pedido_de_providencias_40_2026.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4890/quebra_mola_rio_da_varzea_pedido_de_providencias_41_2026.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4887/p.p_042.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4891/pedido_de_providencias_43_2026.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4892/pedido_de_providencias_44_2026.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4894/pp_45.2026.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4901/pp_46.2026_2.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4902/pp_47.2026.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4903/pp_48.2026.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4910/pp_49-2026.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4837/pl_02.2026.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4852/processo_122_2026.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4853/processo_123_2026.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4854/processo_124_2026.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4860/pl_006.2026.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4863/pl_007-2026.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4864/pl_008-2026.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4865/pl_009-2026.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4877/pl_10_2026.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4873/projeto_de_lei_11-2026.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4878/pl_12_26__prancha_comunicacao.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4881/pl_013-2026.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4883/pl_014-2026.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4893/pl.15.2026.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4895/projeto_de_lei_016.2026.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4896/pl_17.2026.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4897/pl_18.2026.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4898/pl_19.2026.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4899/pl_20.2026.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4900/pl_21.2026.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4906/000.2026_projeto_de_lei..abre_credito_fundo_de_saude..proc_195081_e_195083_de_2026_credito_especial_1.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4907/00.2026_-_projeto_de_lei_-_altera_lei_2891-2025_-_proc_digital_199490-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4908/000.2026_projeto_de_lei..._alteracao_lei_2876...suprimi_vaga_de_medicos....proc._digital_200376-2026_1.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4880/plc_001-2026.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4905/plc_20.2026.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/materialegislativa/2026/4828/projeto_de_resolucao_01-2026.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H49"/>
+  <dimension ref="A1:H90"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="18.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="104.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="24.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="171" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1134,1233 +1599,2299 @@
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
         <v>18</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>19</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D4" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
         <v>23</v>
       </c>
-      <c r="F4" t="s">
+      <c r="G4" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="G4" s="1" t="s">
+      <c r="H4" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
         <v>27</v>
       </c>
-      <c r="B5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D5" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="F5" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>28</v>
       </c>
       <c r="H5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
         <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
         <v>31</v>
       </c>
       <c r="D6" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="F7" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="H7" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>40</v>
+        <v>17</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="F8" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>42</v>
       </c>
       <c r="H8" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>44</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
+        <v>36</v>
+      </c>
+      <c r="E9" t="s">
+        <v>37</v>
+      </c>
+      <c r="F9" t="s">
+        <v>38</v>
+      </c>
+      <c r="G9" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="E9" t="s">
+      <c r="H9" t="s">
         <v>46</v>
-      </c>
-[...7 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>27</v>
+      </c>
+      <c r="D10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E10" t="s">
+        <v>37</v>
+      </c>
+      <c r="F10" t="s">
+        <v>48</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="H10" t="s">
         <v>50</v>
-      </c>
-[...19 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="E11" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="F11" t="s">
-        <v>24</v>
+        <v>52</v>
       </c>
       <c r="G11" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="H11" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>55</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
         <v>56</v>
       </c>
-      <c r="B12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D12" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="E12" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="F12" t="s">
-        <v>24</v>
+        <v>52</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>57</v>
       </c>
       <c r="H12" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
         <v>59</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="D13" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="F13" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>61</v>
       </c>
       <c r="H13" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>63</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>64</v>
       </c>
       <c r="D14" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="F14" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>65</v>
       </c>
       <c r="H14" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
         <v>67</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
-        <v>68</v>
+        <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="E15" t="s">
-        <v>46</v>
+        <v>69</v>
       </c>
       <c r="F15" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>72</v>
+        <v>17</v>
       </c>
       <c r="D16" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="E16" t="s">
-        <v>46</v>
+        <v>69</v>
       </c>
       <c r="F16" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>73</v>
       </c>
       <c r="H16" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>75</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
+        <v>22</v>
+      </c>
+      <c r="D17" t="s">
+        <v>68</v>
+      </c>
+      <c r="E17" t="s">
+        <v>69</v>
+      </c>
+      <c r="F17" t="s">
+        <v>38</v>
+      </c>
+      <c r="G17" s="1" t="s">
         <v>76</v>
       </c>
-      <c r="D17" t="s">
-[...8 lines deleted...]
-      <c r="G17" s="1" t="s">
+      <c r="H17" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
+        <v>78</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>27</v>
+      </c>
+      <c r="D18" t="s">
+        <v>68</v>
+      </c>
+      <c r="E18" t="s">
+        <v>69</v>
+      </c>
+      <c r="F18" t="s">
+        <v>38</v>
+      </c>
+      <c r="G18" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="B18" t="s">
-[...2 lines deleted...]
-      <c r="C18" t="s">
+      <c r="H18" t="s">
         <v>80</v>
-      </c>
-[...13 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
+        <v>81</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>31</v>
+      </c>
+      <c r="D19" t="s">
+        <v>68</v>
+      </c>
+      <c r="E19" t="s">
+        <v>69</v>
+      </c>
+      <c r="F19" t="s">
+        <v>82</v>
+      </c>
+      <c r="G19" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="B19" t="s">
-[...2 lines deleted...]
-      <c r="C19" t="s">
+      <c r="H19" t="s">
         <v>84</v>
-      </c>
-[...13 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>85</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>86</v>
+      </c>
+      <c r="D20" t="s">
+        <v>68</v>
+      </c>
+      <c r="E20" t="s">
+        <v>69</v>
+      </c>
+      <c r="F20" t="s">
+        <v>48</v>
+      </c>
+      <c r="G20" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="B20" t="s">
-[...2 lines deleted...]
-      <c r="C20" t="s">
+      <c r="H20" t="s">
         <v>88</v>
-      </c>
-[...13 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
+        <v>89</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>56</v>
+      </c>
+      <c r="D21" t="s">
+        <v>68</v>
+      </c>
+      <c r="E21" t="s">
+        <v>69</v>
+      </c>
+      <c r="F21" t="s">
+        <v>48</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="H21" t="s">
         <v>91</v>
-      </c>
-[...19 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>96</v>
+        <v>60</v>
       </c>
       <c r="D22" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="E22" t="s">
-        <v>46</v>
+        <v>69</v>
       </c>
       <c r="F22" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>93</v>
       </c>
       <c r="H22" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>99</v>
+        <v>64</v>
       </c>
       <c r="D23" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="E23" t="s">
-        <v>46</v>
+        <v>69</v>
       </c>
       <c r="F23" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="H23" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="D24" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="E24" t="s">
-        <v>46</v>
+        <v>69</v>
       </c>
       <c r="F24" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="H24" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D25" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="E25" t="s">
-        <v>46</v>
+        <v>69</v>
       </c>
       <c r="F25" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="H25" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D26" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="E26" t="s">
-        <v>46</v>
+        <v>69</v>
       </c>
       <c r="F26" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="H26" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="D27" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="E27" t="s">
-        <v>46</v>
+        <v>69</v>
       </c>
       <c r="F27" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>116</v>
+        <v>112</v>
       </c>
       <c r="H27" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="D28" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="E28" t="s">
-        <v>46</v>
+        <v>69</v>
+      </c>
+      <c r="F28" t="s">
+        <v>38</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>93</v>
+        <v>112</v>
       </c>
       <c r="H28" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D29" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="E29" t="s">
-        <v>46</v>
+        <v>69</v>
       </c>
       <c r="F29" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="H29" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="D30" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="E30" t="s">
-        <v>46</v>
+        <v>69</v>
       </c>
       <c r="F30" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>93</v>
+        <v>123</v>
       </c>
       <c r="H30" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
+        <v>125</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>126</v>
+      </c>
+      <c r="D31" t="s">
+        <v>68</v>
+      </c>
+      <c r="E31" t="s">
+        <v>69</v>
+      </c>
+      <c r="F31" t="s">
+        <v>48</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="H31" t="s">
         <v>128</v>
-      </c>
-[...19 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
+        <v>129</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>130</v>
+      </c>
+      <c r="D32" t="s">
+        <v>68</v>
+      </c>
+      <c r="E32" t="s">
+        <v>69</v>
+      </c>
+      <c r="F32" t="s">
+        <v>48</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="H32" t="s">
         <v>132</v>
-      </c>
-[...19 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
+        <v>133</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>134</v>
+      </c>
+      <c r="D33" t="s">
+        <v>68</v>
+      </c>
+      <c r="E33" t="s">
+        <v>69</v>
+      </c>
+      <c r="F33" t="s">
+        <v>32</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="H33" t="s">
         <v>136</v>
-      </c>
-[...19 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="D34" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="E34" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>69</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>142</v>
+        <v>112</v>
       </c>
       <c r="H34" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="D35" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="E35" t="s">
-        <v>46</v>
+        <v>69</v>
       </c>
       <c r="F35" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="H35" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="D36" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="E36" t="s">
-        <v>46</v>
+        <v>69</v>
       </c>
       <c r="F36" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>93</v>
+        <v>112</v>
       </c>
       <c r="H36" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="D37" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="E37" t="s">
-        <v>46</v>
+        <v>69</v>
       </c>
       <c r="F37" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="H37" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="D38" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="E38" t="s">
-        <v>46</v>
+        <v>69</v>
       </c>
       <c r="F38" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="H38" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="D39" t="s">
-        <v>45</v>
+        <v>68</v>
       </c>
       <c r="E39" t="s">
-        <v>46</v>
+        <v>69</v>
       </c>
       <c r="F39" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="H39" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>10</v>
+        <v>160</v>
       </c>
       <c r="D40" t="s">
-        <v>164</v>
+        <v>68</v>
       </c>
       <c r="E40" t="s">
-        <v>165</v>
+        <v>69</v>
       </c>
       <c r="F40" t="s">
-        <v>166</v>
+        <v>38</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>93</v>
+        <v>161</v>
       </c>
       <c r="H40" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>17</v>
+        <v>164</v>
       </c>
       <c r="D41" t="s">
-        <v>164</v>
+        <v>68</v>
       </c>
       <c r="E41" t="s">
+        <v>69</v>
+      </c>
+      <c r="F41" t="s">
+        <v>48</v>
+      </c>
+      <c r="G41" s="1" t="s">
         <v>165</v>
       </c>
-      <c r="F41" t="s">
+      <c r="H41" t="s">
         <v>166</v>
-      </c>
-[...4 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>31</v>
+        <v>168</v>
       </c>
       <c r="D42" t="s">
-        <v>164</v>
+        <v>68</v>
       </c>
       <c r="E42" t="s">
-        <v>165</v>
+        <v>69</v>
       </c>
       <c r="F42" t="s">
-        <v>166</v>
+        <v>48</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>172</v>
+        <v>112</v>
       </c>
       <c r="H42" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>35</v>
+        <v>171</v>
       </c>
       <c r="D43" t="s">
-        <v>164</v>
+        <v>68</v>
       </c>
       <c r="E43" t="s">
-        <v>165</v>
+        <v>69</v>
       </c>
       <c r="F43" t="s">
-        <v>166</v>
+        <v>32</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="H43" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
+        <v>174</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>175</v>
+      </c>
+      <c r="D44" t="s">
+        <v>68</v>
+      </c>
+      <c r="E44" t="s">
+        <v>69</v>
+      </c>
+      <c r="F44" t="s">
+        <v>38</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="H44" t="s">
         <v>177</v>
-      </c>
-[...19 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
+        <v>178</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>179</v>
+      </c>
+      <c r="D45" t="s">
+        <v>68</v>
+      </c>
+      <c r="E45" t="s">
+        <v>69</v>
+      </c>
+      <c r="F45" t="s">
+        <v>18</v>
+      </c>
+      <c r="G45" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="B45" t="s">
-[...14 lines deleted...]
-      <c r="G45" s="1" t="s">
+      <c r="H45" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
+        <v>182</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
         <v>183</v>
       </c>
-      <c r="B46" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D46" t="s">
-        <v>164</v>
+        <v>68</v>
       </c>
       <c r="E46" t="s">
-        <v>165</v>
+        <v>69</v>
       </c>
       <c r="F46" t="s">
+        <v>48</v>
+      </c>
+      <c r="G46" s="1" t="s">
         <v>184</v>
       </c>
-      <c r="G46" s="1" t="s">
+      <c r="H46" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
+        <v>186</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
         <v>187</v>
       </c>
-      <c r="B47" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D47" t="s">
-        <v>164</v>
+        <v>68</v>
       </c>
       <c r="E47" t="s">
-        <v>165</v>
+        <v>69</v>
       </c>
       <c r="F47" t="s">
-        <v>166</v>
+        <v>48</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>188</v>
       </c>
       <c r="H47" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>190</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>76</v>
+        <v>191</v>
       </c>
       <c r="D48" t="s">
-        <v>164</v>
+        <v>68</v>
       </c>
       <c r="E48" t="s">
-        <v>165</v>
+        <v>69</v>
       </c>
       <c r="F48" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="H48" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>10</v>
+        <v>195</v>
       </c>
       <c r="D49" t="s">
-        <v>194</v>
+        <v>68</v>
       </c>
       <c r="E49" t="s">
-        <v>195</v>
+        <v>69</v>
       </c>
       <c r="F49" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>196</v>
       </c>
       <c r="H49" t="s">
         <v>197</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>198</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>199</v>
+      </c>
+      <c r="D50" t="s">
+        <v>68</v>
+      </c>
+      <c r="E50" t="s">
+        <v>69</v>
+      </c>
+      <c r="F50" t="s">
+        <v>32</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="H50" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>202</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>203</v>
+      </c>
+      <c r="D51" t="s">
+        <v>68</v>
+      </c>
+      <c r="E51" t="s">
+        <v>69</v>
+      </c>
+      <c r="F51" t="s">
+        <v>32</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="H51" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>205</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>206</v>
+      </c>
+      <c r="D52" t="s">
+        <v>68</v>
+      </c>
+      <c r="E52" t="s">
+        <v>69</v>
+      </c>
+      <c r="F52" t="s">
+        <v>52</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="H52" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>209</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>210</v>
+      </c>
+      <c r="D53" t="s">
+        <v>68</v>
+      </c>
+      <c r="E53" t="s">
+        <v>69</v>
+      </c>
+      <c r="F53" t="s">
+        <v>38</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="H53" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>213</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>214</v>
+      </c>
+      <c r="D54" t="s">
+        <v>68</v>
+      </c>
+      <c r="E54" t="s">
+        <v>69</v>
+      </c>
+      <c r="F54" t="s">
+        <v>38</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="H54" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>217</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>218</v>
+      </c>
+      <c r="D55" t="s">
+        <v>68</v>
+      </c>
+      <c r="E55" t="s">
+        <v>69</v>
+      </c>
+      <c r="F55" t="s">
+        <v>38</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="H55" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>221</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>222</v>
+      </c>
+      <c r="D56" t="s">
+        <v>68</v>
+      </c>
+      <c r="E56" t="s">
+        <v>69</v>
+      </c>
+      <c r="F56" t="s">
+        <v>52</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="H56" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>225</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>226</v>
+      </c>
+      <c r="D57" t="s">
+        <v>68</v>
+      </c>
+      <c r="E57" t="s">
+        <v>69</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="H57" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>229</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>230</v>
+      </c>
+      <c r="D58" t="s">
+        <v>68</v>
+      </c>
+      <c r="E58" t="s">
+        <v>69</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="H58" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>233</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>234</v>
+      </c>
+      <c r="D59" t="s">
+        <v>68</v>
+      </c>
+      <c r="E59" t="s">
+        <v>69</v>
+      </c>
+      <c r="F59" t="s">
+        <v>48</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="H59" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>237</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>238</v>
+      </c>
+      <c r="D60" t="s">
+        <v>68</v>
+      </c>
+      <c r="E60" t="s">
+        <v>69</v>
+      </c>
+      <c r="F60" t="s">
+        <v>38</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="H60" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>241</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>242</v>
+      </c>
+      <c r="D61" t="s">
+        <v>68</v>
+      </c>
+      <c r="E61" t="s">
+        <v>69</v>
+      </c>
+      <c r="F61" t="s">
+        <v>38</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="H61" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>245</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>246</v>
+      </c>
+      <c r="D62" t="s">
+        <v>68</v>
+      </c>
+      <c r="E62" t="s">
+        <v>69</v>
+      </c>
+      <c r="F62" t="s">
+        <v>247</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="H62" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>250</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>251</v>
+      </c>
+      <c r="D63" t="s">
+        <v>68</v>
+      </c>
+      <c r="E63" t="s">
+        <v>69</v>
+      </c>
+      <c r="F63" t="s">
+        <v>48</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="H63" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>254</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>10</v>
+      </c>
+      <c r="D64" t="s">
+        <v>255</v>
+      </c>
+      <c r="E64" t="s">
+        <v>256</v>
+      </c>
+      <c r="F64" t="s">
+        <v>257</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="H64" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>259</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>17</v>
+      </c>
+      <c r="D65" t="s">
+        <v>255</v>
+      </c>
+      <c r="E65" t="s">
+        <v>256</v>
+      </c>
+      <c r="F65" t="s">
+        <v>257</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="H65" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>262</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>22</v>
+      </c>
+      <c r="D66" t="s">
+        <v>255</v>
+      </c>
+      <c r="E66" t="s">
+        <v>256</v>
+      </c>
+      <c r="F66" t="s">
+        <v>257</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="H66" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>265</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>27</v>
+      </c>
+      <c r="D67" t="s">
+        <v>255</v>
+      </c>
+      <c r="E67" t="s">
+        <v>256</v>
+      </c>
+      <c r="F67" t="s">
+        <v>257</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="H67" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>268</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>31</v>
+      </c>
+      <c r="D68" t="s">
+        <v>255</v>
+      </c>
+      <c r="E68" t="s">
+        <v>256</v>
+      </c>
+      <c r="F68" t="s">
+        <v>257</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="H68" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>271</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>86</v>
+      </c>
+      <c r="D69" t="s">
+        <v>255</v>
+      </c>
+      <c r="E69" t="s">
+        <v>256</v>
+      </c>
+      <c r="F69" t="s">
+        <v>257</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="H69" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>274</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>56</v>
+      </c>
+      <c r="D70" t="s">
+        <v>255</v>
+      </c>
+      <c r="E70" t="s">
+        <v>256</v>
+      </c>
+      <c r="F70" t="s">
+        <v>275</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="H70" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>278</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>60</v>
+      </c>
+      <c r="D71" t="s">
+        <v>255</v>
+      </c>
+      <c r="E71" t="s">
+        <v>256</v>
+      </c>
+      <c r="F71" t="s">
+        <v>257</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="H71" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>281</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>64</v>
+      </c>
+      <c r="D72" t="s">
+        <v>255</v>
+      </c>
+      <c r="E72" t="s">
+        <v>256</v>
+      </c>
+      <c r="F72" t="s">
+        <v>18</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="H72" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>284</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>99</v>
+      </c>
+      <c r="D73" t="s">
+        <v>255</v>
+      </c>
+      <c r="E73" t="s">
+        <v>256</v>
+      </c>
+      <c r="F73" t="s">
+        <v>48</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="H73" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>287</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>103</v>
+      </c>
+      <c r="D74" t="s">
+        <v>255</v>
+      </c>
+      <c r="E74" t="s">
+        <v>256</v>
+      </c>
+      <c r="F74" t="s">
+        <v>257</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="H74" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>290</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>107</v>
+      </c>
+      <c r="D75" t="s">
+        <v>255</v>
+      </c>
+      <c r="E75" t="s">
+        <v>256</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="H75" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>293</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>111</v>
+      </c>
+      <c r="D76" t="s">
+        <v>255</v>
+      </c>
+      <c r="E76" t="s">
+        <v>256</v>
+      </c>
+      <c r="F76" t="s">
+        <v>38</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="H76" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>296</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>115</v>
+      </c>
+      <c r="D77" t="s">
+        <v>255</v>
+      </c>
+      <c r="E77" t="s">
+        <v>256</v>
+      </c>
+      <c r="F77" t="s">
+        <v>257</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="H77" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>299</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>118</v>
+      </c>
+      <c r="D78" t="s">
+        <v>255</v>
+      </c>
+      <c r="E78" t="s">
+        <v>256</v>
+      </c>
+      <c r="F78" t="s">
+        <v>32</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="H78" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>302</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>122</v>
+      </c>
+      <c r="D79" t="s">
+        <v>255</v>
+      </c>
+      <c r="E79" t="s">
+        <v>256</v>
+      </c>
+      <c r="F79" t="s">
+        <v>247</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>303</v>
+      </c>
+      <c r="H79" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>305</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>126</v>
+      </c>
+      <c r="D80" t="s">
+        <v>255</v>
+      </c>
+      <c r="E80" t="s">
+        <v>256</v>
+      </c>
+      <c r="F80" t="s">
+        <v>257</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="H80" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>308</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>130</v>
+      </c>
+      <c r="D81" t="s">
+        <v>255</v>
+      </c>
+      <c r="E81" t="s">
+        <v>256</v>
+      </c>
+      <c r="F81" t="s">
+        <v>257</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="H81" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>311</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>134</v>
+      </c>
+      <c r="D82" t="s">
+        <v>255</v>
+      </c>
+      <c r="E82" t="s">
+        <v>256</v>
+      </c>
+      <c r="F82" t="s">
+        <v>257</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>312</v>
+      </c>
+      <c r="H82" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>314</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>138</v>
+      </c>
+      <c r="D83" t="s">
+        <v>255</v>
+      </c>
+      <c r="E83" t="s">
+        <v>256</v>
+      </c>
+      <c r="F83" t="s">
+        <v>257</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="H83" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>317</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>141</v>
+      </c>
+      <c r="D84" t="s">
+        <v>255</v>
+      </c>
+      <c r="E84" t="s">
+        <v>256</v>
+      </c>
+      <c r="F84" t="s">
+        <v>257</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>318</v>
+      </c>
+      <c r="H84" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>320</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>145</v>
+      </c>
+      <c r="D85" t="s">
+        <v>255</v>
+      </c>
+      <c r="E85" t="s">
+        <v>256</v>
+      </c>
+      <c r="F85" t="s">
+        <v>257</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="H85" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>323</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>148</v>
+      </c>
+      <c r="D86" t="s">
+        <v>255</v>
+      </c>
+      <c r="E86" t="s">
+        <v>256</v>
+      </c>
+      <c r="F86" t="s">
+        <v>257</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="H86" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>326</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>152</v>
+      </c>
+      <c r="D87" t="s">
+        <v>255</v>
+      </c>
+      <c r="E87" t="s">
+        <v>256</v>
+      </c>
+      <c r="F87" t="s">
+        <v>257</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="H87" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>329</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>10</v>
+      </c>
+      <c r="D88" t="s">
+        <v>330</v>
+      </c>
+      <c r="E88" t="s">
+        <v>331</v>
+      </c>
+      <c r="F88" t="s">
+        <v>257</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="H88" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>334</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>138</v>
+      </c>
+      <c r="D89" t="s">
+        <v>330</v>
+      </c>
+      <c r="E89" t="s">
+        <v>331</v>
+      </c>
+      <c r="F89" t="s">
+        <v>38</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="H89" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>337</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>10</v>
+      </c>
+      <c r="D90" t="s">
+        <v>338</v>
+      </c>
+      <c r="E90" t="s">
+        <v>339</v>
+      </c>
+      <c r="F90" t="s">
+        <v>32</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="H90" t="s">
+        <v>341</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -2369,50 +3900,91 @@
     <hyperlink ref="G25" r:id="rId24"/>
     <hyperlink ref="G26" r:id="rId25"/>
     <hyperlink ref="G27" r:id="rId26"/>
     <hyperlink ref="G28" r:id="rId27"/>
     <hyperlink ref="G29" r:id="rId28"/>
     <hyperlink ref="G30" r:id="rId29"/>
     <hyperlink ref="G31" r:id="rId30"/>
     <hyperlink ref="G32" r:id="rId31"/>
     <hyperlink ref="G33" r:id="rId32"/>
     <hyperlink ref="G34" r:id="rId33"/>
     <hyperlink ref="G35" r:id="rId34"/>
     <hyperlink ref="G36" r:id="rId35"/>
     <hyperlink ref="G37" r:id="rId36"/>
     <hyperlink ref="G38" r:id="rId37"/>
     <hyperlink ref="G39" r:id="rId38"/>
     <hyperlink ref="G40" r:id="rId39"/>
     <hyperlink ref="G41" r:id="rId40"/>
     <hyperlink ref="G42" r:id="rId41"/>
     <hyperlink ref="G43" r:id="rId42"/>
     <hyperlink ref="G44" r:id="rId43"/>
     <hyperlink ref="G45" r:id="rId44"/>
     <hyperlink ref="G46" r:id="rId45"/>
     <hyperlink ref="G47" r:id="rId46"/>
     <hyperlink ref="G48" r:id="rId47"/>
     <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>