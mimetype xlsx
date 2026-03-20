--- v0 (2025-12-17)
+++ v1 (2026-03-20)
@@ -48,235 +48,235 @@
   <si>
     <t>Tipo da Norma Jurídica/Descrição</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3842</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>DEC</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2023/3842/decreto_07_2023.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2023/3842/decreto_07_2023.pdf</t>
   </si>
   <si>
     <t>“Apreciação das Contas de Governo Municipal, do exercício de 2020, para análise e julgamento, nos termos do art. 31 da Constituição Federal”.</t>
   </si>
   <si>
     <t>3602</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2022/3602/dl_10_2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2022/3602/dl_10_2022.pdf</t>
   </si>
   <si>
     <t>“Apreciação das Contas de Governo Municipal, do exercício de 2019, para análise e julgamento, nos termos do art. 31 da Constituição Federal”.</t>
   </si>
   <si>
     <t>3601</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2022/3601/dl_09_2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2022/3601/dl_09_2022.pdf</t>
   </si>
   <si>
     <t>“Apreciação das Contas de Governo Municipal, do exercício de 2018, para análise e julgamento, nos termos do art. 31 da Constituição Federal”.</t>
   </si>
   <si>
     <t>3600</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2022/3600/dl_08_2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2022/3600/dl_08_2022.pdf</t>
   </si>
   <si>
     <t>“Apreciação das Contas de Governo Municipal, do exercício de 2017, para análise e julgamento, nos termos do art. 31 da Constituição Federal”.</t>
   </si>
   <si>
     <t>3599</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2022/3599/dl_07_2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2022/3599/dl_07_2022.pdf</t>
   </si>
   <si>
     <t>“Apreciação das Contas de Governo Municipal, do exercício de 2016, para análise e julgamento, nos termos do art. 31 da Constituição Federal”.</t>
   </si>
   <si>
     <t>3598</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2022/3598/dl_06_2022.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2022/3598/dl_06_2022.pdf</t>
   </si>
   <si>
     <t>“Apreciação das Contas de Governo Municipal, do exercício de 2015, para análise e julgamento, nos termos do art. 31 da Constituição Federal”.</t>
   </si>
   <si>
     <t>3166</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2020/3166/decreto-10-2020.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2020/3166/decreto-10-2020.pdf</t>
   </si>
   <si>
     <t>“Aprova as contas do Município de Xangri-Lá, relativas ao exercício de 2018, na forma do Parecer nº 20.504 do Tribunal de contas do Estado do Rio Grande do Sul, de 21 de Janeiro  de 2020”.</t>
   </si>
   <si>
     <t>3165</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2020/3165/decreto-09-2020.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2020/3165/decreto-09-2020.pdf</t>
   </si>
   <si>
     <t>“Aprova as contas do Município de Xangri-Lá, relativas ao exercício de 2017, na forma do Parecer nº 20.436 do Tribunal de contas do Estado do Rio Grande do Sul, de 06 de Novembro  de 2019”.</t>
   </si>
   <si>
     <t>3047</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
     <t>LEI</t>
   </si>
   <si>
     <t>Lei</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2020/3047/lei_2117.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2020/3047/lei_2117.pdf</t>
   </si>
   <si>
     <t>Estabelece o índice para a concessão da revisão geral anual aos Servidores Municipais, agentes políticos, ativos, inativos e pensionistas.</t>
   </si>
   <si>
     <t>2990</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2017/2990/decreto_12_2017.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2017/2990/decreto_12_2017.pdf</t>
   </si>
   <si>
     <t>“Aprova as contas do Município de Xangri-Lá, relativas ao exercício de 2012, na forma do Parecer nº 19.108 do Tribunal de contas do Estado do Rio_x000D_
 Grande do Sul, de 07 de Junho de 2017”.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/./sapl/public/normajuridica/2017/160/160_texto_integral.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/./sapl/public/normajuridica/2017/160/160_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO MUNICÍPIO DE XANGRI-LÁ, RELATIVAS AO EXERCÍCIO DE 2014, NA FORMA DO PARECER Nº 18.689 DO TRIBUNAL DE CONTAS DO ESTADO DO RIO GRANDE DO SUL, DE 20 DE OUTUBRO DE 2016&amp;#8221;.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/./sapl/public/normajuridica/2017/159/159_texto_integral.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/./sapl/public/normajuridica/2017/159/159_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO MUNICÍPIO DE XANGRI-LÁ, RELATIVAS AO EXERCÍCIO DE 2011, NA FORMA DO PARECER Nº 18.475 DO TRIBUNAL DE CONTAS DO ESTADO DO RIO GRANDE DO SUL, DE 23 DE JUNHO DE 2016.</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/./sapl/public/normajuridica/2016/1/1_texto_integral.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/./sapl/public/normajuridica/2016/1/1_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO MUNICÍPIO DE XANGRI-LÁ, RELATIVAS AO EXERCÍCIO DE 2013, NA FORMA DO PARECER Nº 18.032, DE 07 DE JULHO DE 2015.</t>
   </si>
   <si>
     <t>2204</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/./sapl/public/normajuridica/2014/2204/2204_texto_integral.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/./sapl/public/normajuridica/2014/2204/2204_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO MUNICÍPIO DE XANGRI-LÁ, RELATIVAS AO EXERCÍCIO DE 2009, NA FORMA DO PARECER DO TRIBUNAL DE CONTAS DO ESTADO Nº 15.876 DE 14 DE JUNHO DE 2011</t>
   </si>
   <si>
     <t>2202</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/./sapl/public/normajuridica/2014/2202/2202_texto_integral.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/./sapl/public/normajuridica/2014/2202/2202_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO MUNICÍPIO DE XANGRI-LÁ, RELATIVAS AO EXERCÍCIO DE 2008, NA FORMA DO PARECER Nº 15.586, DE 13 DE OUTUBRO DE 2010</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
-    <t>https://sapl.xangrila.rs.leg.br/media/./sapl/public/normajuridica/2011/2189/2189_texto_integral.pdf</t>
+    <t>http://sapl.xangrila.rs.leg.br/media/./sapl/public/normajuridica/2011/2189/2189_texto_integral.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DO MUNICÍPIO DE XANGRI-LÁ, RELATIVAS AO EXERCÍCIO DE 2007, NA FORMA DO PARECER Nº 15.369, DE 24 DE MARÇO DE 2010.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -583,66 +583,66 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2023/3842/decreto_07_2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2022/3602/dl_10_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2022/3601/dl_09_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2022/3600/dl_08_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2022/3599/dl_07_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2022/3598/dl_06_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2020/3166/decreto-10-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2020/3165/decreto-09-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2020/3047/lei_2117.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2017/2990/decreto_12_2017.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/./sapl/public/normajuridica/2017/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/./sapl/public/normajuridica/2017/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/./sapl/public/normajuridica/2016/1/1_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/./sapl/public/normajuridica/2014/2204/2204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/./sapl/public/normajuridica/2014/2202/2202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.xangrila.rs.leg.br/media/./sapl/public/normajuridica/2011/2189/2189_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2023/3842/decreto_07_2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2022/3602/dl_10_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2022/3601/dl_09_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2022/3600/dl_08_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2022/3599/dl_07_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2022/3598/dl_06_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2020/3166/decreto-10-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2020/3165/decreto-09-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2020/3047/lei_2117.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/sapl/public/normajuridica/2017/2990/decreto_12_2017.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/./sapl/public/normajuridica/2017/160/160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/./sapl/public/normajuridica/2017/159/159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/./sapl/public/normajuridica/2016/1/1_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/./sapl/public/normajuridica/2014/2204/2204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/./sapl/public/normajuridica/2014/2202/2202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.xangrila.rs.leg.br/media/./sapl/public/normajuridica/2011/2189/2189_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:G17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="90.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="89.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="194.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>