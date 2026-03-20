--- v0 (2026-02-02)
+++ v1 (2026-03-20)
@@ -10,178 +10,207 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="47">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
-    <t>Projeto de Lei Complementar nº 20 de 2025</t>
-[...5 lines deleted...]
-    <t>Institui o Programa Jovem Aprendiz Xangrilense no âmbito do Município de Xangri-Lá e dá outras providência.</t>
+    <t>Projeto de Lei Complementar nº 21 de 2025</t>
+  </si>
+  <si>
+    <t>Executivo Municipal - Prefeito Municipal</t>
+  </si>
+  <si>
+    <t>Altera dispositivos da Lei nº 377, de 22 de dezembro de 2000, que "INSTITUTО CÓDIGO DE MEIO AMBIENTE E DE POSTURAS DO MUNICÍPIO DE XANGRI-LÁ, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
   <si>
-    <t>Projeto de Lei Complementar nº 21 de 2025</t>
-[...7 lines deleted...]
-  <si>
     <t>Projeto de Lei nº 2 de 2026</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a receber imóvel a título de doação de MELNICK EVEN GALIО EMPREENDIMENTO IMOBILIÁRIO LTDA; ALM ADMINISTRAÇÃO E PARTICIPAÇÃO IMOBILIÁRIA LTDA; DSD- INCORPORAÇÕES E PARTICIPAÇÕES LTDA.; ATLÂNTICO PROMOÇÕES LTDA.; SUSANA TEREZINHA MATZENBACHER NEDEFF; ANDREA MATZENBACHER NEDEFF; FABIANA MATZENBACHER NEDEFF e MARCELO BRANDÃO DE MATTOS; PEDRO ALBERTO TEDESCO SILBER; FGH EMPRESA DE PARTICIPAÇÕES LTDA.; VAROX LTDA.; e COMERCIAL DE COMBUSTÍVEIS TRÊS FIGUEIRAS LTDA.</t>
-  </si>
-[...7 lines deleted...]
-    <t>Denomina “Rua Pedro Ruby Prestes” o logradouro público localizado no Bairro Atlântida, no Município de Xangri-Lá.</t>
   </si>
   <si>
     <t>Projeto de Lei nº 8 de 2026</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei 2891, 04 de dezembro de 2025, que “Autoriza o Poder Executivo a realizar o Processo Seletivo e a contratar servidores temporários para a Secretaria de Educação.</t>
   </si>
   <si>
     <t>Projeto de Lei nº 173 de 2025</t>
   </si>
   <si>
     <t>Mesa Diretora - Mesa Diretora</t>
   </si>
   <si>
     <t>Altera e suprime dispositivos da Lei Municipal nº 2.242, de 11 de maio de 2021, que ‘Dispõe sobre a concessão, o pagamento e a prestação de contas de diárias e indenizações de transporte a vereadores e servidores da Câmara Municipal de Xangri-Lá.’</t>
   </si>
   <si>
     <t>Pedido de Informações nº 4 de 2026</t>
   </si>
   <si>
     <t>Cris da Academia</t>
   </si>
   <si>
     <t>Solicito informações sobre os procedimentos adotados para as visitas realizadas pelos Agentes Comunitários de Saúde no município._x000D_
 Com o intuito de informar a população, solicito saber:_x000D_
 1. Se há calendário ou cronograma de visitas às residências;_x000D_
 2.Qual a periodicidade e a frequência dessas visitas;_x000D_
 3. Se existem registros das visitas realizadas;_x000D_
 4. Se há divulgação prévia das datas e dos roteiros das visitas a serem efetuadas;_x000D_
 5.Como são cadastradas as famílias vindas de outros municípios;_x000D_
 6. Se os moradores são cadastrados durante as visitas dos Agentes Comunitários de Saúde ou se_x000D_
 precisam se dirigir a algum local específico;_x000D_
 7. Se existe um período determinado do ano para a realização do cadastro e, em caso afirmativo,_x000D_
 qual é esse período</t>
   </si>
   <si>
+    <t>Pedido de Informações nº 5 de 2026</t>
+  </si>
+  <si>
+    <t>Daiane Emerim</t>
+  </si>
+  <si>
+    <t>Que o Poder Executivo Municipal, por meio do setor competente, encaminhe a esta Casa Legislativa a relação dos imóveis contemplados com o benefício de isenção de IPTU nos anos de 2024 e 2025, no Município de Xangri-Lá.</t>
+  </si>
+  <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Projeto de Lei nº 6 de 2026</t>
   </si>
   <si>
     <t>Abre no orçamento vigente crédito adicional Especial e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 4 de 2025</t>
   </si>
   <si>
     <t>Altera, acrescenta e revoga dispositivos da Resolução nº 04/1995 - Regimento Interno da Câmara Municipal de Vereadores de Xangri-Lá</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 7 de 2026</t>
+  </si>
+  <si>
+    <t>Alexandre Rivael</t>
+  </si>
+  <si>
+    <t>Denomina “Rua Pedro Ruby Prestes” o logradouro público localizado no Bairro Atlântida, no Município de Xangri-Lá.</t>
   </si>
   <si>
     <t>Projeto de Lei nº 9 de 2026</t>
   </si>
   <si>
     <t>Fabiano Vieira</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Promoção da Cultura e das Tradições Gaúchas nas Escolas Públicas Municipais de Xangri-Lá e dá outras providências.</t>
   </si>
   <si>
     <t>Pedido de Providências nº 27 de 2026</t>
   </si>
   <si>
     <t>Solicito que sejam adotadas as providências necessárias para que o caminhão responsável pelo recolhimento do lixo orgânico passe a realizar regularmente a coleta na Rua Faisão e arredores, no Bairro Figueirinha.</t>
   </si>
   <si>
     <t>Pedido de Providências nº 28 de 2026</t>
   </si>
   <si>
     <t>Solicito a pavimentação com PVS na Rua Caracol, prioritariamente no trecho compreendido entre a Avenida Central e a Rua Leão Marinho, no Bairro Marina, conforme a Lei nº 2.751/2025, que institui a prioridade na execução das obras de pavimentação com PVS nas vias onde residam pessoas com_x000D_
 deficiência ou com mobilidade reduzida permanente.</t>
+  </si>
+  <si>
+    <t>Pedido de Providências nº 29 de 2026</t>
+  </si>
+  <si>
+    <t>Mari Lavieja</t>
+  </si>
+  <si>
+    <t>A Vereadora que subscreve, no uso de suas atribuições legais e regimentais, vem, respeitosamente, requerer ao Poder Executivo, por intermédio da Secretaria Municipal competente (Segurança Pública), a colocação de câmeras de segurança na Praça da Bíblia, entre as ruas Osvaldo Barbosa, Luis Comunelli, Ari Bergenthal e Adão Pereira, no bairro Arpoador.</t>
+  </si>
+  <si>
+    <t>Pedido de Providências nº 31 de 2026</t>
+  </si>
+  <si>
+    <t>O  Vereador  que  este  subscreve  solicita  ao  Poder  Executivo  Municipal,  por _x000D_
+meio  do  setor  competente,  que  seja  notificado  o  proprietário  da  área  citada  para _x000D_
+realizar a limpeza  do terreno baldio. _x000D_
+Localizado - Rod Nelson Gonçalves, 5212 _x000D_
+RS 389 _x000D_
+Neste Município.</t>
+  </si>
+  <si>
+    <t>Pedido de Providências nº 30 de 2026</t>
+  </si>
+  <si>
+    <t>Adalcir Jacaré</t>
+  </si>
+  <si>
+    <t>Com base no art. 46, IV da Lei Orgânica; e arts. 189, IX; e 205 do Regimento Interno da Câmara Municipal de Vereadores de Xangri-Lá, solicita-se ao Poder Executivo Municipal: Reiteramos o Pedido de Providências realizado no ano de 2025 referente à necessidade de limpeza e manutenção da iluminação pública na ciclovia localizada na extensão que se inicia no Bairro Figueirinha até o Bairro Guará.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -473,358 +502,398 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F15"/>
+  <dimension ref="A1:F17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="39.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="36.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="14.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
-        <v>4738</v>
+        <v>4762</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
-        <v>4762</v>
+        <v>4837</v>
       </c>
       <c r="B3" t="s">
         <v>6</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
+        <v>8</v>
+      </c>
+      <c r="E3" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
-        <v>4837</v>
+        <v>4864</v>
       </c>
       <c r="B4" t="s">
         <v>6</v>
       </c>
       <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>8</v>
+      </c>
+      <c r="E4" t="s">
         <v>14</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
-        <v>4863</v>
+        <v>4851</v>
       </c>
       <c r="B5" t="s">
         <v>6</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
-        <v>4864</v>
+        <v>4862</v>
       </c>
       <c r="B6" t="s">
         <v>6</v>
       </c>
       <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
-        <v>4851</v>
+        <v>4869</v>
       </c>
       <c r="B7" t="s">
         <v>6</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
-        <v>4862</v>
+        <v>4860</v>
       </c>
       <c r="B8" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="E8" t="s">
         <v>26</v>
       </c>
       <c r="F8" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
-        <v>4860</v>
+        <v>4850</v>
       </c>
       <c r="B9" t="s">
+        <v>24</v>
+      </c>
+      <c r="C9" t="s">
         <v>27</v>
       </c>
-      <c r="C9" t="s">
+      <c r="E9" t="s">
         <v>28</v>
-      </c>
-[...4 lines deleted...]
-        <v>29</v>
       </c>
       <c r="F9" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
-        <v>4850</v>
+        <v>4863</v>
       </c>
       <c r="B10" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="C10" t="s">
+        <v>29</v>
+      </c>
+      <c r="D10" t="s">
         <v>30</v>
       </c>
       <c r="E10" t="s">
         <v>31</v>
       </c>
       <c r="F10" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
-        <v>4863</v>
+        <v>4864</v>
       </c>
       <c r="B11" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="C11" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="E11" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="F11" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
-        <v>4864</v>
+        <v>4865</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="C12" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F12" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
-        <v>4865</v>
+        <v>4859</v>
       </c>
       <c r="B13" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="F13" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
-        <v>4859</v>
+        <v>4861</v>
       </c>
       <c r="B14" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F14" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
-        <v>4861</v>
+        <v>4866</v>
       </c>
       <c r="B15" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>25</v>
+        <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="F15" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
+      <c r="A16">
+        <v>4867</v>
+      </c>
+      <c r="B16" t="s">
+        <v>24</v>
+      </c>
+      <c r="C16" t="s">
+        <v>42</v>
+      </c>
+      <c r="D16" t="s">
+        <v>33</v>
+      </c>
+      <c r="E16" t="s">
+        <v>43</v>
+      </c>
+      <c r="F16" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17">
+        <v>4868</v>
+      </c>
+      <c r="B17" t="s">
+        <v>24</v>
+      </c>
+      <c r="C17" t="s">
+        <v>44</v>
+      </c>
+      <c r="D17" t="s">
+        <v>45</v>
+      </c>
+      <c r="E17" t="s">
+        <v>46</v>
+      </c>
+      <c r="F17" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">